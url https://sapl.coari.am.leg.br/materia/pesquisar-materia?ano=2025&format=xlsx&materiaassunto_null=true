--- v0 (2025-10-18)
+++ v1 (2025-12-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="109">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -106,50 +106,74 @@
     <t>Institui apoio emergencial destinado às famílias atingidas por eventos climáticos no município de Coari e dá outras providências</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/272/peojeto_de_lei_n_05_de_2025__que_contrata_operacao_de_credito001.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nᵒ 005, de 24 de março De 2025, que Poder Executivo Municipal a Contratar Operação de Crédito com o Banco do Brasil S.A, e dá outras providências</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_n._006-2025_-_institui_a_corregedoria-geral_e_a_ouvidoria_da_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 06, DE 19 DE MAIO DE 2025, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, QUE INSTITUI A CORREGEDORIA-GERAL E A OUVIDORIA DA GUARDA MUNICIPAL DE COARI, E DÁ OUTRAS PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_n._08_de_2025_do_poder_executivo_sobre_reajuste_dos_professores.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei que reajusta o salário dos professores do municio de Coari</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_ldo_2024.docx</t>
+  </si>
+  <si>
+    <t>Lei de Diretrizes Orçamentária para elaborar o orçamento de 2026 do Municípío de Coari</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/267/parecer_conjunto_n._001_de_2025__ao__projeto_de_lei_municipal_n._001__de_2025_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES DE CONSTITUIÇÃO E JUSTIÇA, FINANÇAS E ORÇAMENTO E REDAÇÃO._x000D_
 AO PROJETO DE LEI MUNICIPAL Nᵒ 001,  DE 02 DE JANEIRO DE 2025 DE AUTORIA: PODER EXECUTIVO MUNICIPAL DE COARI._x000D_
 DISPÕE SOBRE A REORGANIZAÇÃO DA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE COARI, REVOGA ÀS DISPOSIÇÕES EM CONTRÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
@@ -163,53 +187,50 @@
   <si>
     <t>271</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_03_de_2025001.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das comissões Constituição e Justiça, Finanças e Orçamento e Redação ao Projeto de Lei n. 03 de 2025, do Poder Executivo Municipal  que Institui apoio emergencial destinado às famílias atingidas por eventos climáticos no Município de Coari.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_conjunto_n._007_ao__projeto_de_lei_n._005_de_2025__sobre_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_conjunto_n._009_ao__projeto_de_lei_n._006_de_2025__que_institui_a_corregedora_e_ouvidoria_da_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Trata-se do Projeto de Lei Nᵒ 006, de 19 de maio de 2025, que Institui a Corregedoria-Geral e a Ouvidoria da Guarda Municipal de Coari, e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ZEZINHO BASTOS</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_001_de_2025_a_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 01/2025-CMC-GV-JAAB, DE AUTORIA DO VEREADOR JOSÉ AUGUSTO ALBUQUERQUE BASTOS, QUE INDICA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM QUEBRA-MOLA NA RUA MANOEL MARQUES APÓS A LADEIRA QUE DÁ ACESSO A ENTRADA DO BAIRRO GRANDE VITÓRIA, NAS PROXIMIDADES ONDE FUNCIONAVA A CASA DO IDOSO.</t>
   </si>
   <si>
     <t>283</t>
@@ -232,57 +253,90 @@
   <si>
     <t>INIDICAÇÃO N. 03/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA A CAESC, QUE FAÇAM ESTUDOS COM A FINALIDADE EM PROVER A COMUNIDADE DE ITAPÉUA ÁGUA POTÁVEL, COM A CONSTRUÇÃO DE UM SISTEMA NOVO, COM A INSTALAÇÃO DE 02 DOIS TANQUES, COM CAPACIDADE PARA 5.000 LITROS DE ÁGUA CADA.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_n_06_de_2025__vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>A INIDICAÇÃO N. 06/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA AO PREFEITO MUNICIPAL, INDICANDO QUE SEJA DETERMINADO AO SETOR COMPETENTE, A FIM DE QUE SEJA CONSTRUÍDA UMA PRAÇA NA COMUNIDADE DO ITAPÉUA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_003_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 03/2025-CMC-GV-JAAB, DE AUTORIA DO VEREADOR JOSÉ AUGUSTO ALBUQUERQUE BASTOS, QUE INDICA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS, UM NA RUA PRAÇA RIBEIRO JÚNIOR EM FRENTE A IGREJA UNIVERSAL E OUTRO NA RUA ATRÁS DO POSTO DE COMBUSTÍVEL ENTRE AS RUAS PRAÇA RIBEIRO JÚNIOE E GONÇALVES LÊDO, BAIRRO ESPÍRITO SANTO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_n_01_de_2025__vereador__henrique_oliveira001.pdf</t>
   </si>
   <si>
     <t>INIDICAÇÃO N. 01/2025-CMC-GV, DE AUTORIA DO VEREADOR PEDRO HENRIQUE SILVA DE OLIVEIRA, INDICANDO AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DA COLETA DE LIXO NOS FLUTUANTES, PALAFITAS E BARCOS QUESE ENCONTREM ATACADOS NA ORLA DO MUNICÍPIO DE COARI</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DO VEREADOR BACANA</t>
+  </si>
+  <si>
+    <t>BACANA</t>
+  </si>
+  <si>
+    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_002_de_2025_do_vereador_bacana_solicitando_a_construcao_de_um_porto_fluvial.pdf</t>
+  </si>
+  <si>
+    <t>Indicando a necessidade de um estudo técnico para a CONSTRUÇÃO DE UM PORTO FLUVIAL com uma plataforma, na escadaria em frente à cidade de Coari, destinado as embarcações (recreios) que fazem o transportes de passageiros para as comunidades rurais de nosso município.</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>INDOR</t>
+  </si>
+  <si>
+    <t>Indicação do Vereador Orleilson</t>
+  </si>
+  <si>
+    <t>ORLEILSON</t>
+  </si>
+  <si>
+    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_001_de_2025_do_vereador_orleilson__sobre_a_construcao_de_um_matadouro.pdf</t>
+  </si>
+  <si>
+    <t>INDICANDO a necessidade da CONSTRUÇÃO DE UM MATADOURO PÚBLICO no Município de Coari, visando atender às necessidades da população.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Indicação do Vereador José Carlos</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_01_do_vereador_jose_carlos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 01/2025-CMC-GV-FELB-BACANA, DE AUTORIA DO VEREADOR BACANA, INDICANDO AO SECRETÁRIO DE ESTADO DA EDUCAÇÃO DO AMAZONAS, no sentido de estudar a possibilidade de firmar um contrato para que o Ginásio existente ao fundo do prédio da Escola Nossa Senhora do Perpétuo Socorro do Município de Coari, possa ser utilizado para atividade física dos alunos da referida escola.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_02_do_vereador_jose_carlos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 02/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA AO PREFEITO MUNICIPAL, SENHOR ADAIL PINHEIRO, INDICANDO DE QUE SEJA FEITO A REVITALIZAÇÃO DA ANTIGA ESCOLA JOSÉ MANOEL DE SOUZA NA COMUNIDADE DE ITAPÉUA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>278</t>
   </si>
@@ -634,66 +688,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_n._002-2025_-_autoriza_o_prefeito_a_celebrar_convenios_em_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei__3_de_2025_do_executivo001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/272/peojeto_de_lei_n_05_de_2025__que_contrata_operacao_de_credito001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_n._006-2025_-_institui_a_corregedoria-geral_e_a_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/267/parecer_conjunto_n._001_de_2025__ao__projeto_de_lei_municipal_n._001__de_2025_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/269/parecer_conjunto_n._003_ao__projeto_de_lei__n._2e_2025_sobre_convenios.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_03_de_2025001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_conjunto_n._007_ao__projeto_de_lei_n._005_de_2025__sobre_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_conjunto_n._009_ao__projeto_de_lei_n._006_de_2025__que_institui_a_corregedora_e_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_001_de_2025_a_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_002_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_n__3_de_2025_do_ver_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_n_06_de_2025__vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_003_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_n_01_de_2025__vereador__henrique_oliveira001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_01_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_02_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_04_de_2025_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_n._002-2025_-_autoriza_o_prefeito_a_celebrar_convenios_em_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei__3_de_2025_do_executivo001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/272/peojeto_de_lei_n_05_de_2025__que_contrata_operacao_de_credito001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_n._006-2025_-_institui_a_corregedoria-geral_e_a_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_n._08_de_2025_do_poder_executivo_sobre_reajuste_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_ldo_2024.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/267/parecer_conjunto_n._001_de_2025__ao__projeto_de_lei_municipal_n._001__de_2025_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/269/parecer_conjunto_n._003_ao__projeto_de_lei__n._2e_2025_sobre_convenios.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_03_de_2025001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_conjunto_n._007_ao__projeto_de_lei_n._005_de_2025__sobre_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_conjunto_n._009_ao__projeto_de_lei_n._006_de_2025__que_institui_a_corregedora_e_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_001_de_2025_a_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_002_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_n__3_de_2025_do_ver_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_n_06_de_2025__vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_003_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_n_01_de_2025__vereador__henrique_oliveira001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_002_de_2025_do_vereador_bacana_solicitando_a_construcao_de_um_porto_fluvial.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_001_de_2025_do_vereador_orleilson__sobre_a_construcao_de_um_matadouro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_01_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_02_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_04_de_2025_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="185.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -816,505 +870,607 @@
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B8" t="s">
-[...14 lines deleted...]
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E10" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="G12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
         <v>58</v>
-      </c>
-[...19 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>62</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E15" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E16" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="F16" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="D17" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E17" t="s">
-        <v>54</v>
+        <v>61</v>
+      </c>
+      <c r="F17" t="s">
+        <v>69</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E18" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="F18" t="s">
         <v>62</v>
       </c>
       <c r="G18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H18" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" t="s">
+        <v>60</v>
+      </c>
+      <c r="E19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B19" t="s">
-[...14 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
         <v>82</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="F20" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>14</v>
+        <v>85</v>
       </c>
       <c r="H20" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="E21" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="F21" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="H21" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E22" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F22" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
+      <c r="E23" t="s">
+        <v>94</v>
+      </c>
+      <c r="F23" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H23" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" t="s">
+        <v>60</v>
+      </c>
+      <c r="E24" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" t="s">
+        <v>69</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>50</v>
+      </c>
+      <c r="D25" t="s">
+        <v>60</v>
+      </c>
+      <c r="E25" t="s">
+        <v>94</v>
+      </c>
+      <c r="F25" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H25" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" t="s">
+        <v>94</v>
+      </c>
+      <c r="F26" t="s">
+        <v>69</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>29</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="G23" s="1" t="s">
+      <c r="D27" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" t="s">
+        <v>94</v>
+      </c>
+      <c r="F27" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H23" t="s">
-        <v>90</v>
+      <c r="H27" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>