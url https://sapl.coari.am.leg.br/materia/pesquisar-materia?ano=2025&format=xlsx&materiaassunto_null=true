--- v1 (2025-12-09)
+++ v2 (2026-03-15)
@@ -10,366 +10,441 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="134">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>JEANY PINHEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.coari.am.leg.br/media/</t>
+  </si>
+  <si>
+    <t>CONCEDE “Título de Cidadã Coariense” ao Doutor IVAN MONTEIRO DOS SANTOS - CRM 5608 AM, e dá outras providências.</t>
+  </si>
+  <si>
     <t>266</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Manoel Adail Amaral Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Projeto de Lei Nº 001, de 02 de janeiro de 2025, de autoria do Poder Executivo Municipal, que dispõe sobre a Reorganização da Estrutura Administrativa do Poder Executivo do Município de Coari, revoga às disposições em contrário e dá outras providências</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_n._002-2025_-_autoriza_o_prefeito_a_celebrar_convenios_em_2025.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_n._002-2025_-_autoriza_o_prefeito_a_celebrar_convenios_em_2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL N. 002, DE 06 DE JANEIRO DE 2025. Autoriza o chefe do Poder Executivo Municipal a celebrar termos de convênios, ajustes e congêneres com a União, governo do Estado, autarquias, empresas públicas, sociedade de economia mista e instituições de crédito, no exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei__3_de_2025_do_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei__3_de_2025_do_executivo001.pdf</t>
   </si>
   <si>
     <t>Institui apoio emergencial destinado às famílias atingidas por eventos climáticos no município de Coari e dá outras providências</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/272/peojeto_de_lei_n_05_de_2025__que_contrata_operacao_de_credito001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/272/peojeto_de_lei_n_05_de_2025__que_contrata_operacao_de_credito001.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nᵒ 005, de 24 de março De 2025, que Poder Executivo Municipal a Contratar Operação de Crédito com o Banco do Brasil S.A, e dá outras providências</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_n._006-2025_-_institui_a_corregedoria-geral_e_a_ouvidoria_da_guarda_municipal.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_n._006-2025_-_institui_a_corregedoria-geral_e_a_ouvidoria_da_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 06, DE 19 DE MAIO DE 2025, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, QUE INSTITUI A CORREGEDORIA-GERAL E A OUVIDORIA DA GUARDA MUNICIPAL DE COARI, E DÁ OUTRAS PROVIDÊNCIA</t>
   </si>
   <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lei__07_de_2025_do_executivo005.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A POLÍTICA DO ENSINO EM TEMPO INTEGRAL NA REDE MUNICIPAL DE ENSINO E DEFINE AS DIRETRIZES GERAIS E OBJETIVOS A SEREM ALCANÇADOS, NO MUNICÍPIO DE COARI-AM;</t>
+  </si>
+  <si>
     <t>290</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_n._08_de_2025_do_poder_executivo_sobre_reajuste_dos_professores.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_n._08_de_2025_do_poder_executivo_sobre_reajuste_dos_professores.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que reajusta o salário dos professores do municio de Coari</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_ldo_2024.docx</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_ldo_2024.docx</t>
   </si>
   <si>
     <t>Lei de Diretrizes Orçamentária para elaborar o orçamento de 2026 do Municípío de Coari</t>
   </si>
   <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_de_lei_n_10_de_2025__do_poder_executivo004.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE MEDIDAS TRIBUTÁRIAS EXCEPCIONAIS DE ENFRENTAMENTO AOS EFEITOS DAS ENCHENTES NO MUNICÍPIO DE COARI/AM, POR MEIO DE REMISSÃO, INCENSÃO E COMPENSAÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU, E DÁ OUTRAS PROVIDÊNCIAS, assim também o PROJETO DE LEI Nº 011, DE 08 DE AGOSTO DE 2025. DISPÕE SOBRE O VALOR DOS DÉBITOS JUDICIAIS A SEREM PAGOS MEDIANTE REQUISIÇÃO DE PEQUENO VALOR – RPV, PELA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE COARI – AM, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_n_11_de_2025__do_poder_executivo001.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O VALOR DOS DÉBITOS JUDICIAIS A SEREM PAGOS MEDIANTE REQUISIÇÃO DE PEQUENO VALOR – RPV, PELA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE COARI – AM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>267</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/267/parecer_conjunto_n._001_de_2025__ao__projeto_de_lei_municipal_n._001__de_2025_do_poder_executivo.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/267/parecer_conjunto_n._001_de_2025__ao__projeto_de_lei_municipal_n._001__de_2025_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO DAS COMISSÕES PERMANENTES DE CONSTITUIÇÃO E JUSTIÇA, FINANÇAS E ORÇAMENTO E REDAÇÃO._x000D_
 AO PROJETO DE LEI MUNICIPAL Nᵒ 001,  DE 02 DE JANEIRO DE 2025 DE AUTORIA: PODER EXECUTIVO MUNICIPAL DE COARI._x000D_
 DISPÕE SOBRE A REORGANIZAÇÃO DA ESTRUTURA ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE COARI, REVOGA ÀS DISPOSIÇÕES EM CONTRÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/269/parecer_conjunto_n._003_ao__projeto_de_lei__n._2e_2025_sobre_convenios.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/269/parecer_conjunto_n._003_ao__projeto_de_lei__n._2e_2025_sobre_convenios.pdf</t>
   </si>
   <si>
     <t>PARECER CONJUNTO DAS COMISSÕES PERMANENTES DE CONSTITUIÇÃO E JUSTIÇA, FINANÇAS E ORÇAMENTO E REDAÇÃO._x000D_
 AO  DE LEI MUNICIPAL N. 002, DE 02 DE JANEIRO DE 2025. AUTORIA: Poder Executivo Municipal de Coari._x000D_
 PARECER CONJUNTO N. 003/2025-CMC  Autoriza o chefe do Poder Executivo Municipal a celebrar termos de convênios, ajustes e congêneres com a União, governo do Estado, autarquias, empresas públicas, sociedade de economia mista e instituições de crédito, no exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_03_de_2025001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_03_de_2025001.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das comissões Constituição e Justiça, Finanças e Orçamento e Redação ao Projeto de Lei n. 03 de 2025, do Poder Executivo Municipal  que Institui apoio emergencial destinado às famílias atingidas por eventos climáticos no Município de Coari.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_conjunto_n._007_ao__projeto_de_lei_n._005_de_2025__sobre_operacao_de_credito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_conjunto_n._007_ao__projeto_de_lei_n._005_de_2025__sobre_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_conjunto_n._009_ao__projeto_de_lei_n._006_de_2025__que_institui_a_corregedora_e_ouvidoria_da_guarda_municipal.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_conjunto_n._009_ao__projeto_de_lei_n._006_de_2025__que_institui_a_corregedora_e_ouvidoria_da_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>Trata-se do Projeto de Lei Nᵒ 006, de 19 de maio de 2025, que Institui a Corregedoria-Geral e a Ouvidoria da Guarda Municipal de Coari, e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ZEZINHO BASTOS</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_001_de_2025_a_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_001_de_2025_a_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 01/2025-CMC-GV-JAAB, DE AUTORIA DO VEREADOR JOSÉ AUGUSTO ALBUQUERQUE BASTOS, QUE INDICA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM QUEBRA-MOLA NA RUA MANOEL MARQUES APÓS A LADEIRA QUE DÁ ACESSO A ENTRADA DO BAIRRO GRANDE VITÓRIA, NAS PROXIMIDADES ONDE FUNCIONAVA A CASA DO IDOSO.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_002_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_002_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 02/2025-CMC-GV-JAAB, DE AUTORIA DO VEREADOR JOSÉ AUGUSTO ALBUQUERQUE BASTOS, QUE INDICA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS NA ESTRADA COARI/ITAPÉUA, NAS PROXIMIDADES DO IFAM, NESTA CIDADE.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>ZE CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_n__3_de_2025_do_ver_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_n__3_de_2025_do_ver_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INIDICAÇÃO N. 03/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA A CAESC, QUE FAÇAM ESTUDOS COM A FINALIDADE EM PROVER A COMUNIDADE DE ITAPÉUA ÁGUA POTÁVEL, COM A CONSTRUÇÃO DE UM SISTEMA NOVO, COM A INSTALAÇÃO DE 02 DOIS TANQUES, COM CAPACIDADE PARA 5.000 LITROS DE ÁGUA CADA.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_n_06_de_2025__vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_n_06_de_2025__vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>A INIDICAÇÃO N. 06/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA AO PREFEITO MUNICIPAL, INDICANDO QUE SEJA DETERMINADO AO SETOR COMPETENTE, A FIM DE QUE SEJA CONSTRUÍDA UMA PRAÇA NA COMUNIDADE DO ITAPÉUA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_003_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_003_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 03/2025-CMC-GV-JAAB, DE AUTORIA DO VEREADOR JOSÉ AUGUSTO ALBUQUERQUE BASTOS, QUE INDICA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS, UM NA RUA PRAÇA RIBEIRO JÚNIOR EM FRENTE A IGREJA UNIVERSAL E OUTRO NA RUA ATRÁS DO POSTO DE COMBUSTÍVEL ENTRE AS RUAS PRAÇA RIBEIRO JÚNIOE E GONÇALVES LÊDO, BAIRRO ESPÍRITO SANTO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_n_01_de_2025__vereador__henrique_oliveira001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_n_01_de_2025__vereador__henrique_oliveira001.pdf</t>
   </si>
   <si>
     <t>INIDICAÇÃO N. 01/2025-CMC-GV, DE AUTORIA DO VEREADOR PEDRO HENRIQUE SILVA DE OLIVEIRA, INDICANDO AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DA COLETA DE LIXO NOS FLUTUANTES, PALAFITAS E BARCOS QUESE ENCONTREM ATACADOS NA ORLA DO MUNICÍPIO DE COARI</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO DO VEREADOR BACANA</t>
   </si>
   <si>
     <t>BACANA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_002_de_2025_do_vereador_bacana_solicitando_a_construcao_de_um_porto_fluvial.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_002_de_2025_do_vereador_bacana_solicitando_a_construcao_de_um_porto_fluvial.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade de um estudo técnico para a CONSTRUÇÃO DE UM PORTO FLUVIAL com uma plataforma, na escadaria em frente à cidade de Coari, destinado as embarcações (recreios) que fazem o transportes de passageiros para as comunidades rurais de nosso município.</t>
   </si>
   <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>IDCB</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO DO VEREADOR BACANA</t>
+  </si>
+  <si>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_003_de_2025_do_vereador_e_bacana_ao_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>Indicando a necessidade de proceder a construção de uma praça de alimentação com uma área coberta com box equipado com estrutura para atender as pessoas que trabalham com vendas de comidas, na praça em frente à escola Inês de Nazaré Vieira, Bairro Tauamirim, nesta cidade</t>
+  </si>
+  <si>
     <t>288</t>
   </si>
   <si>
     <t>INDOR</t>
   </si>
   <si>
     <t>Indicação do Vereador Orleilson</t>
   </si>
   <si>
     <t>ORLEILSON</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_001_de_2025_do_vereador_orleilson__sobre_a_construcao_de_um_matadouro.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_001_de_2025_do_vereador_orleilson__sobre_a_construcao_de_um_matadouro.pdf</t>
   </si>
   <si>
     <t>INDICANDO a necessidade da CONSTRUÇÃO DE UM MATADOURO PÚBLICO no Município de Coari, visando atender às necessidades da população.</t>
   </si>
   <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>Indicação do Vereador Zezinho Bastos</t>
+  </si>
+  <si>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_004_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
+  </si>
+  <si>
+    <t>Indicando a necessidade da reforma do prédio onde funciona a UNIVERSIDADE ABERTA DO BRASIL (UAB), incluindo o conserto do telhado, pintura e a perfuração de um poço artesiano, ações que visam melhorar as condições físicas do local e garantir o acesso a água potável, localizada à Rua C, Nº 19, Bairro União, nesta Cidade</t>
+  </si>
+  <si>
     <t>274</t>
   </si>
   <si>
     <t>Indicação do Vereador José Carlos</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_01_do_vereador_jose_carlos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_01_do_vereador_jose_carlos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 01/2025-CMC-GV-FELB-BACANA, DE AUTORIA DO VEREADOR BACANA, INDICANDO AO SECRETÁRIO DE ESTADO DA EDUCAÇÃO DO AMAZONAS, no sentido de estudar a possibilidade de firmar um contrato para que o Ginásio existente ao fundo do prédio da Escola Nossa Senhora do Perpétuo Socorro do Município de Coari, possa ser utilizado para atividade física dos alunos da referida escola.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_02_do_vereador_jose_carlos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_02_do_vereador_jose_carlos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 02/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA AO PREFEITO MUNICIPAL, SENHOR ADAIL PINHEIRO, INDICANDO DE QUE SEJA FEITO A REVITALIZAÇÃO DA ANTIGA ESCOLA JOSÉ MANOEL DE SOUZA NA COMUNIDADE DE ITAPÉUA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>Solicita a CAESC, empresa responsável pelo fornecimento de água potável para a população Urbana e Rural, para que façam estudos, com a finalidade em prover a Comunidade Itpéua, este Município,  água potável, consoante a construção de um sistema novo, com a construção de dois tanques, com capacidade para 5.000 litros cada.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_04_de_2025_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_04_de_2025_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INIDICAÇÃO N. 004/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA AO PREFEITO MUNICIPAL, SENHOR ADAIL PINHEIRO, SUGERINDO E INDICANDO QUE DETERMINE AO SETOR COMPETENTE A FIM DE QUE SEJA FEITA A CONSTRUÇÃO DE UMA ESCADARIA EM FRENTE A COMUNIDADE DO ITAPÉUA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>INIDICAÇÃO N. 005/2025-CMC-GV-JCFP, DE AUTORIA DO VEREADOR JOSÉ CARLOS, DIRIGIDA AO PREFEITO MUNICIPAL, SENHOR ADAIL PINHEIRO, INDICANDO DE QUE SEJA FEITO A CONSTRUÇÃO DE UM GINÁSIO POLIESPORTIVO NA COMUNIDADE DO ITAPÉUA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>INDICANDO AO PREFEITO MUNICIPAL DE COARI, PARA QUE DETERMINE AO SETOR COMPETENTE DO MUNICÍPIO, A FIM DE QUE SEJA FEITA A CONSTRUÇÃPO DE UMA PRAÇA NA COMUNIDADE ITAPÉUA, NESTE MUNICÍPIO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -688,68 +763,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_n._002-2025_-_autoriza_o_prefeito_a_celebrar_convenios_em_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei__3_de_2025_do_executivo001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/272/peojeto_de_lei_n_05_de_2025__que_contrata_operacao_de_credito001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_n._006-2025_-_institui_a_corregedoria-geral_e_a_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_n._08_de_2025_do_poder_executivo_sobre_reajuste_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_ldo_2024.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/267/parecer_conjunto_n._001_de_2025__ao__projeto_de_lei_municipal_n._001__de_2025_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/269/parecer_conjunto_n._003_ao__projeto_de_lei__n._2e_2025_sobre_convenios.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_03_de_2025001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_conjunto_n._007_ao__projeto_de_lei_n._005_de_2025__sobre_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_conjunto_n._009_ao__projeto_de_lei_n._006_de_2025__que_institui_a_corregedora_e_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_001_de_2025_a_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_002_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_n__3_de_2025_do_ver_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_n_06_de_2025__vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_003_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_n_01_de_2025__vereador__henrique_oliveira001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_002_de_2025_do_vereador_bacana_solicitando_a_construcao_de_um_porto_fluvial.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_001_de_2025_do_vereador_orleilson__sobre_a_construcao_de_um_matadouro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_01_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_02_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_04_de_2025_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_n._002-2025_-_autoriza_o_prefeito_a_celebrar_convenios_em_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei__3_de_2025_do_executivo001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/272/peojeto_de_lei_n_05_de_2025__que_contrata_operacao_de_credito001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_n._006-2025_-_institui_a_corregedoria-geral_e_a_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lei__07_de_2025_do_executivo005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_n._08_de_2025_do_poder_executivo_sobre_reajuste_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_ldo_2024.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_de_lei_n_10_de_2025__do_poder_executivo004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_n_11_de_2025__do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/267/parecer_conjunto_n._001_de_2025__ao__projeto_de_lei_municipal_n._001__de_2025_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/269/parecer_conjunto_n._003_ao__projeto_de_lei__n._2e_2025_sobre_convenios.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/271/parecer_03_de_2025001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/273/parecer_conjunto_n._007_ao__projeto_de_lei_n._005_de_2025__sobre_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_conjunto_n._009_ao__projeto_de_lei_n._006_de_2025__que_institui_a_corregedora_e_ouvidoria_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_no_001_de_2025_a_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_no_002_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_n__3_de_2025_do_ver_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_n_06_de_2025__vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_no_003_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/286/indicacao_n_01_de_2025__vereador__henrique_oliveira001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/289/indicacao_no_002_de_2025_do_vereador_bacana_solicitando_a_construcao_de_um_porto_fluvial.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_no_003_de_2025_do_vereador_e_bacana_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/288/indicacao_no_001_de_2025_do_vereador_orleilson__sobre_a_construcao_de_um_matadouro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_no_004_de_2025_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_no_01_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_no_02_do_vereador_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_n_04_de_2025_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="185.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="184.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -772,705 +847,858 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="F9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>46</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H11" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H12" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="E13" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="F13" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>26</v>
+      </c>
+      <c r="D14" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
-[...5 lines deleted...]
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>60</v>
       </c>
-      <c r="E14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
+        <v>58</v>
+      </c>
+      <c r="E15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" t="s">
         <v>60</v>
       </c>
-      <c r="E15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
+        <v>58</v>
+      </c>
+      <c r="E16" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" t="s">
         <v>60</v>
       </c>
-      <c r="E16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
+        <v>58</v>
+      </c>
+      <c r="E17" t="s">
+        <v>59</v>
+      </c>
+      <c r="F17" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="E18" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="F18" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="H18" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>76</v>
+      </c>
+      <c r="E19" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" t="s">
         <v>78</v>
       </c>
-      <c r="B19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="H19" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D20" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E20" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="E21" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" t="s">
+        <v>85</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="F21" t="s">
+      <c r="H21" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" t="s">
+        <v>77</v>
+      </c>
+      <c r="F22" t="s">
+        <v>78</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" t="s">
         <v>93</v>
-      </c>
-[...19 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="E23" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="H23" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>98</v>
+      </c>
+      <c r="E24" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" t="s">
         <v>100</v>
       </c>
-      <c r="B24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G24" s="1" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="H24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D25" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="E25" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="F25" t="s">
-        <v>69</v>
+        <v>100</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="H25" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D26" t="s">
-        <v>60</v>
+        <v>109</v>
       </c>
       <c r="E26" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="F26" t="s">
-        <v>69</v>
+        <v>111</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>14</v>
+        <v>112</v>
       </c>
       <c r="H26" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="D27" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="E27" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="F27" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H27" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" t="s">
+        <v>119</v>
+      </c>
+      <c r="F28" t="s">
+        <v>85</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H28" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>76</v>
+      </c>
+      <c r="E29" t="s">
+        <v>119</v>
+      </c>
+      <c r="F29" t="s">
+        <v>85</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D30" t="s">
+        <v>76</v>
+      </c>
+      <c r="E30" t="s">
+        <v>119</v>
+      </c>
+      <c r="F30" t="s">
+        <v>85</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H27" t="s">
-        <v>108</v>
+      <c r="H30" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>67</v>
+      </c>
+      <c r="D31" t="s">
+        <v>76</v>
+      </c>
+      <c r="E31" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" t="s">
+        <v>85</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H31" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>30</v>
+      </c>
+      <c r="D32" t="s">
+        <v>76</v>
+      </c>
+      <c r="E32" t="s">
+        <v>119</v>
+      </c>
+      <c r="F32" t="s">
+        <v>85</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>132</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" t="s">
+        <v>76</v>
+      </c>
+      <c r="E33" t="s">
+        <v>119</v>
+      </c>
+      <c r="F33" t="s">
+        <v>85</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>