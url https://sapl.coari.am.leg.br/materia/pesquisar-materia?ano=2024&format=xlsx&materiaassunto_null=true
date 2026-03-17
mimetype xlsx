--- v0 (2025-10-18)
+++ v1 (2026-03-17)
@@ -54,312 +54,312 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>EDELSON FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_decreto_legislativo_018_titulo_de_cidadao_coariense__ao_sgt-pm_dihon_herik_ribeiro_de_lima___ver_edelson.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_decreto_legislativo_018_titulo_de_cidadao_coariense__ao_sgt-pm_dihon_herik_ribeiro_de_lima___ver_edelson.pdf</t>
   </si>
   <si>
     <t>CONCEDE “TÍTULO DE CIDADÃO COARIENSE” AO SENHOR SGT-PM, DIHON HERIK RIBEIRO LIMA</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_decreto_legislativo_019_titulo_de_cidadao_coariense__ao_cabo-pm_anderson_noronha_ferreira___ver_edelson.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_decreto_legislativo_019_titulo_de_cidadao_coariense__ao_cabo-pm_anderson_noronha_ferreira___ver_edelson.pdf</t>
   </si>
   <si>
     <t>. CONCEDE “TÍTULO DE CIDADÃO COARIENSE” AO SENHOR CABO-PM, ANDERSON NORONHA FERREIRA, e dá outras providências.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ELINHO OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_decreto_legislativo_021_titulo_de_cidadao_coariense__ao_dr_andre_luiz_muquy_juis_de_direito___ver_elinho.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_decreto_legislativo_021_titulo_de_cidadao_coariense__ao_dr_andre_luiz_muquy_juis_de_direito___ver_elinho.pdf</t>
   </si>
   <si>
     <t>CONCEDE “TÍTULO DE CIDADÃO COARIENSE” AO SENHOR DR. ANDRÉ LUIZ MUQUY – JUÍZ DE DIREITO DA COMARCA DE COARI,</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>ZEZINHO BASTOS</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_decreto_legislativo_022_titulo_de_cidadao_coariense__ao_dr_elissando_de_souza_portela___ver_zezinho.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_decreto_legislativo_022_titulo_de_cidadao_coariense__ao_dr_elissando_de_souza_portela___ver_zezinho.pdf</t>
   </si>
   <si>
     <t>CONCEDE “TÍTULO DE CIDADÃO COARIENSE” AO SENHOR DR. ELISSANDRO DE SOUZA PORTELA – Advogado, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_decreto_legislativo_023_titulo_de_cidadao_coariense__ao_senhor_messias_oliveira____ver_zezinho_edelson.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_decreto_legislativo_023_titulo_de_cidadao_coariense__ao_senhor_messias_oliveira____ver_zezinho_edelson.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 23, DE 24 DE ABRIL DE 2024. CONCEDE “TÍTULO DE CIDADÃO COARIENSE” ao senhor MESSIAS OLIVEIRA – Empresário, e dá outras providências</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_decreto_legislativo_024_titulo_de_cidadao_coariense__ao_senhor_dr._nilo_da_rocha_marinho_neto_-_juiz_de_direito___ver__elinho.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_decreto_legislativo_024_titulo_de_cidadao_coariense__ao_senhor_dr._nilo_da_rocha_marinho_neto_-_juiz_de_direito___ver__elinho.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 24, de 30 de abril de 2024. CONCEDE “TÍTULO DE CIDADÃO COARIENSE” ao senhor NILO ROCHA MARINHO NETO – Juiz de direito da Comarca de Coari, e dá outras providências,</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>ORLEILSON</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/</t>
+    <t>http://sapl.coari.am.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 025, DE 14 DE MAIO DE 2024. CONCEDE TÍTULO DE CIDADÃO COARIENSE AO SENHOR WILSON MIRANDA LIMA – GOVERNADOR DO ESTADO DO AMAZONAS</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>ZE CARLOS</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 02, de 14 de maio de 2024 de autoria do vereador José Carlos Ferreira Pinheiro, CONCEDE “TÍTULO DE CIDADÃO COARIENSE” AO SENHOR JAIME BISPO DOS SANTOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>KEITTON WYLLYSON PINHEIRO BATISTA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_n._001-2024_-_cessao_liga_esportiva_de_coari.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_n._001-2024_-_cessao_liga_esportiva_de_coari.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº  001, DE 03 DE JANEIRO DE 2024,  que Dispõe sobre autorização para o Poder Executivo Municipal ceder A LIGA ESPORTIVA DE COARI, imóvel público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_n_2_de_2024_do_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_n_2_de_2024_do_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a celebrar termos de convênios, ajustes e congêneres com a união, governo do Estado, autarquias, empresas públicas, sociedade de economia mista e instituições de crédito, no exercício de 2024,  e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_n._008-2024_-_altera_lei_de_reorganizacao_1.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_n._008-2024_-_altera_lei_de_reorganizacao_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 832, DE 05 DE ABRIL DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_n._010-2024_-_fundo_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_n._010-2024_-_fundo_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O FUNDO MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA E DESENVOLVIMENTO ECONÔMICO SUSTENTÁVEL DO MUNICÍPIO DE COARI</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_n._011-2024_-_criacao_dos_bairros_2024.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_n._011-2024_-_criacao_dos_bairros_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DELIMITAÇÃO DA ÁREA URBANA E SUBURBANA, CRIAÇÃO E DENOMINAÇÃO DOS BAIRROS DO MUNICÍPIO DE COARI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_n._012-2024_-_tombamento.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_n._012-2024_-_tombamento.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PROCEDIMENTOS NECESSÁRIOS AO TOMBAMENTO DE BENS PÚBLICOS OU PARTICULARES, NO MUNICÍPIO DE COARI, E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 13, DE 14 DE MAIO DE 2024. ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 832, DE 5 DE ABRIL DE 2024 E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 14, DE 14 DE MAIO DE 2024. INSTITUI O SISTEMA MUNICIPAL DE BIBLIOTECAS ESCOLARES DE COARI (SMBE – COARI), COM O OBJETIVO DE INTEGRAR AS BIBLIOTECAS PÚBLICAS ESCOLARES E OS ÓRGÃOS MUNICIPAIS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE COARI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>PLML</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal do Legislativo</t>
   </si>
   <si>
     <t>JEANY PINHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_municipal_n._002__de_2024_da_vereadora_jeany_sobre_a_prioridade_da_mulher_em_questoes_judiciais.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_municipal_n._002__de_2024_da_vereadora_jeany_sobre_a_prioridade_da_mulher_em_questoes_judiciais.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 002, DE 14 DE MAIO DE 2024, QUE CONCEDE TRAMITAÇÃO PRIORITÁRIA A PROCEDIMENTO ADMINISTRATIVO DA ADMINISTRAÇÃO DIRETA E INDIRETA MUNICIPAL EM QUE A PESSOA VITIMA DE VIOLÊNCIA DOMÉSTICA OU FAMILIAR FIGURE COMO PARTE;</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_municipal_n._003__de_2024_da_vereadora_jeany_sobre_a_licenca_maternidade_para_servidores_municipais.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_municipal_n._003__de_2024_da_vereadora_jeany_sobre_a_licenca_maternidade_para_servidores_municipais.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2024.  DISCIPLINA A CONCESSÃO DA LICENÇA POR ADOÇÃO NO ÂMBITO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE COARI,</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>INDOR</t>
   </si>
   <si>
     <t>Indicação do Vereador Orleilson</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_001_de_2024_do_vereador_orleilson_indicando_um_abatedouro_municipal.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_001_de_2024_do_vereador_orleilson_indicando_um_abatedouro_municipal.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UM ABATEDOURO PÚBLICO MUNICIPAL PARA O ABATE DE BOVINOS, SUINOS, CAPRINOS EM COARI</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento ver Jeany Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/248/requerimento_n._01__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_desembargador_jomar_ferenandes.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/248/requerimento_n._01__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_desembargador_jomar_ferenandes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MOÇÃO DE APLAUSOS AO CORREGEDOR-GERAL DE JUSTIÇA DO AMAZONAS E PRESIDENTE DO COLÉGIO PERMANENTE DE CORREGEDORES-GERAIS DOS TRIBUNAIS DE JUSTIÇA DO BRASIL, DESEMBARGADOR JOMAR RICARDO SAUNDERS FERNANDES.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_n._02__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_governador_wilson_lima.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_n._02__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_governador_wilson_lima.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 002/2024-GV-JPAP de autoria da vereadora Jeany de Paula Amaral Pinheiro. DISPÕE SOBRE MOÇÃO DE APLAUSOS AO SENHOR WILSON MIRANDA LIMA, GOVERNADOR DO ESTADO DO AMAZONAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -666,68 +666,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_decreto_legislativo_018_titulo_de_cidadao_coariense__ao_sgt-pm_dihon_herik_ribeiro_de_lima___ver_edelson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_decreto_legislativo_019_titulo_de_cidadao_coariense__ao_cabo-pm_anderson_noronha_ferreira___ver_edelson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_decreto_legislativo_021_titulo_de_cidadao_coariense__ao_dr_andre_luiz_muquy_juis_de_direito___ver_elinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_decreto_legislativo_022_titulo_de_cidadao_coariense__ao_dr_elissando_de_souza_portela___ver_zezinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_decreto_legislativo_023_titulo_de_cidadao_coariense__ao_senhor_messias_oliveira____ver_zezinho_edelson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_decreto_legislativo_024_titulo_de_cidadao_coariense__ao_senhor_dr._nilo_da_rocha_marinho_neto_-_juiz_de_direito___ver__elinho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_n._001-2024_-_cessao_liga_esportiva_de_coari.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_n_2_de_2024_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_n._008-2024_-_altera_lei_de_reorganizacao_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_n._010-2024_-_fundo_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_n._011-2024_-_criacao_dos_bairros_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_n._012-2024_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_municipal_n._002__de_2024_da_vereadora_jeany_sobre_a_prioridade_da_mulher_em_questoes_judiciais.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_municipal_n._003__de_2024_da_vereadora_jeany_sobre_a_licenca_maternidade_para_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_001_de_2024_do_vereador_orleilson_indicando_um_abatedouro_municipal.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/248/requerimento_n._01__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_desembargador_jomar_ferenandes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_n._02__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_governador_wilson_lima.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_decreto_legislativo_018_titulo_de_cidadao_coariense__ao_sgt-pm_dihon_herik_ribeiro_de_lima___ver_edelson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/251/projeto_de_decreto_legislativo_019_titulo_de_cidadao_coariense__ao_cabo-pm_anderson_noronha_ferreira___ver_edelson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/255/projeto_de_decreto_legislativo_021_titulo_de_cidadao_coariense__ao_dr_andre_luiz_muquy_juis_de_direito___ver_elinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/256/projeto_de_decreto_legislativo_022_titulo_de_cidadao_coariense__ao_dr_elissando_de_souza_portela___ver_zezinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/257/projeto_de_decreto_legislativo_023_titulo_de_cidadao_coariense__ao_senhor_messias_oliveira____ver_zezinho_edelson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_decreto_legislativo_024_titulo_de_cidadao_coariense__ao_senhor_dr._nilo_da_rocha_marinho_neto_-_juiz_de_direito___ver__elinho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/245/projeto_de_lei_n._001-2024_-_cessao_liga_esportiva_de_coari.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/246/projeto_de_lei_n_2_de_2024_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/247/projeto_de_lei_n._008-2024_-_altera_lei_de_reorganizacao_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_n._010-2024_-_fundo_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/253/projeto_de_lei_n._011-2024_-_criacao_dos_bairros_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/254/projeto_de_lei_n._012-2024_-_tombamento.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_municipal_n._002__de_2024_da_vereadora_jeany_sobre_a_prioridade_da_mulher_em_questoes_judiciais.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_municipal_n._003__de_2024_da_vereadora_jeany_sobre_a_licenca_maternidade_para_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/249/indicacao_no_001_de_2024_do_vereador_orleilson_indicando_um_abatedouro_municipal.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/248/requerimento_n._01__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_desembargador_jomar_ferenandes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_n._02__de_2024_da_vereadora_jeany__mocao_de_apalusos_ao_governador_wilson_lima.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="202.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="201.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>