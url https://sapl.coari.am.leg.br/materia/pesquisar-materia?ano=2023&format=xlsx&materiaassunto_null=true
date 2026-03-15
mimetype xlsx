--- v0 (2025-12-09)
+++ v1 (2026-03-15)
@@ -54,1335 +54,1335 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ELINHO OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_1_titulo_de_cidadao_coariense__ao__senador_plinio_valerio.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_1_titulo_de_cidadao_coariense__ao__senador_plinio_valerio.pdf</t>
   </si>
   <si>
     <t>CONCEDE “Título de Cidadão Coariense” ao Senhor, Dr. FRANCISCO PLINIO VALÉRIO TOMAZ, e dá outras providências</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>JEANY PINHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_decreto_legislativo_2_titulo_de_cidadao_coariense__ao__senhor_thiago_torres_cordeiro_defensor_publico.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_decreto_legislativo_2_titulo_de_cidadao_coariense__ao__senhor_thiago_torres_cordeiro_defensor_publico.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO Nº 02, SE 14 DE SETEMBRO DE 2023, DE AUTORIA DA VEREADORA JEANY DE PAULA AMARAL PINHEIRO, QUE CONCEDE TÍTULO DE CIDADÃO COARIENSE AO DEFENSOR PÚBLICO DR. THIAGO TORRES CORDEIRO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/204/5projeto_de_decreto_legislativo_3_titulo_de_cidadao_coariense__ao__holfman.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/204/5projeto_de_decreto_legislativo_3_titulo_de_cidadao_coariense__ao__holfman.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 03, DE 18 DE SETEMBRO DE 2023, CONCEDE “TÍTULO DE CIDADÃO COARIENSE” AO SENHOR JHOHNNY ALTSON HOFFMANN.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_decreto_legislativo_5_titulo_de_cidadao_coariense__ao__major_pm_jean.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_decreto_legislativo_5_titulo_de_cidadao_coariense__ao__major_pm_jean.pdf</t>
   </si>
   <si>
     <t>CONCEDE “TÍTULO DE CIDADÃO COARIENSE” AO SENHOR, MAJOR PM MAKS JEAN ALVES-COMANDANTE DO 5º. BATALHÃO DA POLÍCIA MILITAR DE COARI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>KEITTON WYLLYSON PINHEIRO BATISTA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_n._02_-_2023_-_nova_e_atualizada_lei_de_regulamentacao_da_brigada_2.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_n._02_-_2023_-_nova_e_atualizada_lei_de_regulamentacao_da_brigada_2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE PROJETO DE LEI Nº. 02, DE 27 DE FEVEREIRO DE 2023, QUE “DISPÕE SOBRE A REGULAMENTAÇÃO DA BRIGADA DE INCÊNDIO DE COARI/AM, E DÁ OUTRAS</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/</t>
+    <t>http://sapl.coari.am.leg.br/media/</t>
   </si>
   <si>
     <t>ESTABELECE OS REGRAMENTOS SOBRE O ARMAZENAMENTO, CONTROLE, MANUTENÇÃO, DISTRIBUIÇÃO E USO DE ARMA DE FOGO E MUNIÇÃO PELOS INTEGRANTES DA GUARDA CIVIL MUNICIPAL DE COARI/ AM.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_n_004_de_2023_do_poder_executivo_municipal001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_n_004_de_2023_do_poder_executivo_municipal001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE ASSISTÊNCIA E DESENVOLVIMENTO AOS PEQUENOS NEGÓCIOS DE COARI PROAPEC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_n_06_de_2023__sobre_iptu001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_n_06_de_2023__sobre_iptu001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CAMPANHA INCENTIVADORA POR MEIO DE SORTEIO DE PRÊMIOS PARA PAGAMENTO DO IPTU-IMPOSTO PREDIAL E TERRITORIAL URBANO, OBJETIVANDO O INCREMENTO NA ARRECADAÇÃO, RELATIVO AOS EXERCÍCIOS DE 2019, 2020, 2021, 2022 E 2023</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_lei_n_07_de_2023__sobre_incentivo_a_emissao_de_notas_fiscais001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_lei_n_07_de_2023__sobre_incentivo_a_emissao_de_notas_fiscais001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CAMPANHA INCENTIVADORA POR MEIO DE SORTEIO QUE AUTORIZA O PODER EXECUTIVO A INSTITUIR A CAMPANHA DE INCENTIVO À EMISSÃO DE NOTAS FISCAIS E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/136/1projeto_de_lei_municipal_coari_n_08_de_13_de_marco_de_2023_sobre_o__cmdca_2022_1_2.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/136/1projeto_de_lei_municipal_coari_n_08_de_13_de_marco_de_2023_sobre_o__cmdca_2022_1_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Tutelar, Conselho Municipal dos Direitos da Criança e do Adolescente – CMDCA e do Fundo Municipal dos Direitos da Criança e do Adolescente, de Coari -AM, nos termos previstos na Lei Federal nº 8.069 de 13 de julho de 1990 – Estatuto da Criança e do Adolescente e na Constituição Federal de 1988.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_emenda_conselho_tutelar1.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_emenda_conselho_tutelar1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUPRESSÃO DA CONDIÇÃO DE CONCLUSÃO DE CURSO SUPERIOR PARA ACESSO AO POSTO DE CONSELHEIRO TUTELAR, SEGUINDO ATUAL ENTENDIMENTO DO SUPREMO TRIBUNAL FEDERAL</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_n_13_do_poder_executivo002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_n_13_do_poder_executivo002.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 013, DE 17 DE ABRIL DE 2023, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, que DISPÕE SOBRE A REORGANIZAÇÃO DO CONSELHO MUNICIPAL DE EDUCAÇÃO, ATRIBUIÇÕES E RSPONSABILIDADES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_n._14__de_2023_do_poder_executivo__reurb.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_n._14__de_2023_do_poder_executivo__reurb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 014/2023. DISPÕE SOBRE O NOVO PROGRAMA MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE COARI, DENOMINADO “TITULA COARI;</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei_n._15-2023_-desapropriacao_radio.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei_n._15-2023_-desapropriacao_radio.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 15, de 25 de abril de 2023. AUTORIZA o Executivo Municipal a proceder a venda de imóvel do Patrimônio Público Municipal e dá outras providências</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n._16-2023_-_prato_solidario_1.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n._16-2023_-_prato_solidario_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 16/2023, que Dispõe Sobre a Criação do Programa Prato Solidário, que visa assegurar a segurança alimentar e nutricional no Município de Coari.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_n_017_de_2023_sesan_da_prefeitura.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_n_017_de_2023_sesan_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 17, de 15 de junho de 2023. ESTABELECE OS COMPONENTES MUNICIPAIS DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL – SISAN, CRIADO PELA LEI FEDERAL Nº 11. 346, DE 15 DE SETEMBRO DE 2006</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_n._18_de_20_der_junho_de_2023.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_n._18_de_20_der_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 18, DE 20 DE JUNHO DE 2023. AUTORIZA O PODER EXECUTIVO ADQUIRIR E DISTRIBUIR BRINQUEDOS, EM COMEMORAÇÃO AO DIA DAS CRIANÇAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_municipal_n._19_de_23.06.2023_que_dispoe_sobre_a_criacao_do_conselho_funsiario.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_municipal_n._19_de_23.06.2023_que_dispoe_sobre_a_criacao_do_conselho_funsiario.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 019, DE 23 DE JUNHO DE 2023. DISPÕE SOBRE A CRIAÇÃO DO CONSELHO E O FUNDO MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA E DESENVOLVIMENTO ECONÔMICO SUSTENTÁVEL DO MUNICÍPIO DE COARI – ESTADO DO AMAZONAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_n._20_de_2306.2023_que_cria_o_comic.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_n._20_de_2306.2023_que_cria_o_comic.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 020, DE 23 DE JUNHO DE 2023 CRIA O COMHC – CONSELHO MUNICIPAL DE HABITAÇÃO DE COARI, INSTITUI O FUNDO MUNICIPAL DE HABITAÇÃO A ELE VINCULADO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_n_23_de_2023_do_poder_executivo_e_anexos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_n_23_de_2023_do_poder_executivo_e_anexos001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 023, DE 28 DE AGOSTO DE 2023, QUE ALTERA § 1º, DO ARTIGO 4º, DA LEI MUNICIPAL Nº 723, DE 28 DE JULHO DE 2019</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_n_24_de_2023_do_poder_executivo002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_n_24_de_2023_do_poder_executivo002.pdf</t>
   </si>
   <si>
     <t>PROJETO DE MUNICIPAL Nº 024, DE 28 DE AGOSTO DE 2023, QUE ALTERA § 1º, DO ARTIGO 5º, DA LEI MUNICIPAL Nº 722, DE 29 DE JULHO DE 2019, QUE INSTITUI O PROGRAMA MUNICIPAL BOLSA ESTÁGIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Projeto de Lei nº 025, de 08 de setembro de 2023, QUE PROMOVE ADEQUAÇÃO ORÇAMENTÁRIA NO  ÂMBITO DO MUNICÍPIO DE COARI E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO ANUAL DE 2023 NOS VALORES ESTIPULADOS EM LEI QUE SERÁ ACRESCIDO À LOA</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_que_estima_a_receita_e_fixa_a_despeza_para_o_ano_de_2024_loa001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_que_estima_a_receita_e_fixa_a_despeza_para_o_ano_de_2024_loa001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE COARI PARA O EXERCÍCIO DE 2024, (LOA)</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Edilson de Oliveira Lima</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_n._27-2023_-_atualizacao_lei_geral_coari.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_n._27-2023_-_atualizacao_lei_geral_coari.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nᵒ  027, DE 17 DE NOVEMBRO DE 2023, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL,  QUE  INSTITUI NO MUNICÍPIO DE COARI O TRATAMENTO DIFERENCIADO, FAVORECIDO E INCENTIVADO ÀS MICROEMPRESAS, EMPRESAS DE PEQUENO PORTE, MICROEMPREENDEDORES INDIVIDUAIS E EMPRESAS SIMPLES DE INOVAÇÃO NA FORMA DE QUE PREVÊ A LEI COMPLEMENTAR FEDERAL NO. 123/2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_municipal_n_28_de_27_de_novembro_de_2023002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_municipal_n_28_de_27_de_novembro_de_2023002.pdf</t>
   </si>
   <si>
     <t>“Promove adequação orçamentária no âmbito do Município de Coari e autoriza a abertura de crédito especial ao orçamento anual de 2023 no valor de R$ 719.779,31(setecentos e dezenove mil, setecentos e setenta e nove reais e trinta e um centavos)</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no_29-2023_1.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no_29-2023_1.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS REGRAMENTOS SOBRE O ARMAZENAMENTO, CONTROLE, MANUTENÇÃO, DISTRIBUIÇÃO E USO DE ARMA DE FOGO E MUNICIÇÃO PELOS INTEGRANTES DA GUARDA CIVIL MUNICIPAL DE COARI/AM</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL N. 30, DE 06 DE DEZEMBRO DE  2023 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL DE COARI, QUE ALTERA O ART. 7º. DA LEI MUNICIPAL N. 807, DE 30 DE JUNHO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_n_31_de_2023_do_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_n_31_de_2023_do_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL N. 31, DE 07 DE DEZEMBRO DE  2023 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL DE COARI, QUE DISPÕE SOBRE A CAMPANHA INCENTIVADORA “TRIBUTOS PREMIADO” POR MEIO DE SORTEIO DE PRÊMIOS, OBJETIVANDO O INCREMENTO NA ARRECADAÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU), ALVARÁ DE FUNCIONAMENTO E NOTA FISCAL AVULSO RELATIVO AO EXERCÍCIO DO ANO DE 2024</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_n_32_de_2023_do_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_n_32_de_2023_do_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL N. 32, DE 13 DE DEZEMBRO DE  2023 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL DE COARI, QUE INSTITUI O PLANO MUNICIPAL DA PRIMEIRA INFÂNCIA DO MUNICÍPIO DE COARI-PMPI COARI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Componentes da Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_legislativa_n._001_de_2023_de_alteracao_do_regimento_interno_da_camara.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_legislativa_n._001_de_2023_de_alteracao_do_regimento_interno_da_camara.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO LEGISLATIVA Nº 001, DE 03 DE MAIO DE 2023. QUE DISPÕE SOBRE A ALTERAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 45 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE COARI, CRIANDO A COMISSÃO PERMANENTE DE SEGURANÇA PÚBLICA E DEFESA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_legislativa_n._002_de_16_de_maio_de_2023_que_altara_a_senominacao_do_plenario_da_camara.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_legislativa_n._002_de_16_de_maio_de_2023_que_altara_a_senominacao_do_plenario_da_camara.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n 002, de 03 de maio de 2023. DISPÕE SOBRE A ALTERAÇÃO DA DENOMINAÇÃO DO PLENÁRIO DA CÂMARA MUNICIPAL DE VEREADORES DE COARI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_resolucao_legislativa_n._003_de_2023_de_mudanca_no_horario_da_reuniao_plenaria.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_resolucao_legislativa_n._003_de_2023_de_mudanca_no_horario_da_reuniao_plenaria.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO LEGISLATIVA Nº 003/2023, DE 27 DE JUNHO DE 2023. DISPÕE SOBRE EMENDA AO INCISO I DO ARTIGO 66 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE COARI.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_resolucao_legislativa_n._004_de_2023_que_altera_a_resolucao_legislativa_n_10_de_27_de_junho_de_2023.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_resolucao_legislativa_n._004_de_2023_que_altera_a_resolucao_legislativa_n_10_de_27_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO LEGISLATIVA Nº 010, DE 27 DE JUNHO DE 2023,  QUE ALTERAVA O HORÁRIO DAS REUNIÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE COARI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_n._005_de_2023_da_mesa_diretora_que_estabelece_regras_e_diretrizes_sobre_o_processo_de_licitacao.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_n._005_de_2023_da_mesa_diretora_que_estabelece_regras_e_diretrizes_sobre_o_processo_de_licitacao.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REGRAS E DIRETRIZES PARA A ATUAÇÃO DO AGENTE DE CONTRATAÇÃO, DA EQUIPE DE APOIO, DA COMISSÃO DE CONTRATAÇÃO E DOS GESTORES E FISCAIS DE CONTRATOS, NAS ÁREAS DE QUE TRATA A LEI Nº 14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE COARI</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_pesar_aos_familiares_do_senhor_paulo_lima.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_pesar_aos_familiares_do_senhor_paulo_lima.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 001/2023-GV-JPAP de autoria da vereadora Jeany de Paula Amaral Pinheiro, que solicita a expedição de  uma Moção de Pesar aos familiares do senhor PAULO IZIDORO LIMA DE SOUZA, suplente de vereador que faleceu no dia 27 de abril de 2023</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_conjunto_n_26_de_2023__ccj_e_redacao_ao_projeto_22_de_2023_lei_22_de_2023_do_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_conjunto_n_26_de_2023__ccj_e_redacao_ao_projeto_22_de_2023_lei_22_de_2023_do_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das comissões Constituição e Justiça e Redação ao Projeto de Lei Municipal nº. 022, de 03 de julho de 2023, que “Dispõe sobre a revogação da Lei Complementar Municipal N. 12, de 13 de dezembro de 2017, que institui no município de Coari a contribuição para custeio dos serviços de iluminação pública</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/198/parecer_n_28_de_2023_ccj_e_redacao__ao__ao_projeto_de_lei_n_24_de_2023_do_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/198/parecer_n_28_de_2023_ccj_e_redacao__ao__ao_projeto_de_lei_n_24_de_2023_do_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE MUNICIPAL Nº 024, DE 28 DE AGOSTO DE 2023, QUE ALTERA § 1º, DO ARTIGO 5º, DA LEI MUNICIPAL Nº 722, DE 29 DE JULHO DE 2019, QUE INSTITUI O PROGRAMA MUNICIPAL BOLSA ESTÁGIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/205/parecer_conjunto_n._31_ao__proje_decreto_legisl_n._03__titulo_de_cidadao_coariense_ao_johnny_hoffmann.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/205/parecer_conjunto_n._31_ao__proje_decreto_legisl_n._03__titulo_de_cidadao_coariense_ao_johnny_hoffmann.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL A APROVAÇ~~AO DO PROJETO DE DECRETO LEGISLATIVO N, 03 DE 2023, CONCEDEWNDO O TÍTULO DE CIDADÃO COARIENSE AO SENHOR JOHNNY HOLFFMAN.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BACANA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_001_de_2023_do_vereador_e_bacana_ao_prefeito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_001_de_2023_do_vereador_e_bacana_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA COBERTURA DAS CHURRASQUEIRAS CONSTRUÍDAS NA FEIRA DO PRODUTOR RURAL, FRANCISCO  LOPES DA SILVA “O FOLHA” NO CENTRO DA CIDADE DE COARI.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_002_de_2023_do_vereador_e_bacana_a_presidente_da_camara.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_002_de_2023_do_vereador_e_bacana_a_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>PROCEDER A CONSTRUÇÃO DE RAMPAS DE ACESSO PARA CADEIRANTES NO PRÉDIO DA CÂMARA MUNICIPAL DE COARI</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>PLML</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal__n._001_de_2023_da_vereadora_jeany_pinheiro_sobre_outubro_rosa.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal__n._001_de_2023_da_vereadora_jeany_pinheiro_sobre_outubro_rosa.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 001, DE 11 DE OUTUBRO DE 2023, de autoria da Vereadora Jeany de Paula Amaral Pinheiro. DISPÕE SOBRE A CONCESSÃO DO DIREITO A UMA FOLGA ANUAL PARA A REALIZAÇÃO DE EXAMES PREVENTIVOS CONTRA O CÂNCER DE MAMA E COLO DE ÚTERO A TODAS AS MULHERES DO MUNICÍPIO DE COARI</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>IDCB</t>
   </si>
   <si>
     <t>INDICAÇÃO DO VEREADOR BACANA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_004_de_2023_do_vereador_e_bacana_ao_prefeito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_004_de_2023_do_vereador_e_bacana_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº004/2023-GV-FELB de autoria do vereador Francisco Edilson Leitão Bonfim, indicando a necessidade de proceder a Construção de uma Praça de Alimentação com uma área coberta com box equipado para os empreendedores na Praça da Igreja São Francisco, Bairro Taua-mirim, nesta cidade.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_005_de_2023_do_vereador_e_bacana_ao_prefeito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_005_de_2023_do_vereador_e_bacana_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 005/2023-GV-FELB de autoria do vereador Francisco Edilson Leitão Bonfim, indicando a necessidade da criação de um calendário para pagamento dos caçambeiros que prestam serviço para a prefeitura municipal de Coari</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_006_de_2023_do_vereador_e_bacana__ao_prefeito_indicando_ao_prefeito_a_contratacao_de_perito_para_o_posto_de_inss_em__coari.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_006_de_2023_do_vereador_e_bacana__ao_prefeito_indicando_ao_prefeito_a_contratacao_de_perito_para_o_posto_de_inss_em__coari.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2023 – GV – FELB DE AUTORIA DO VEREADOR FRANCISCO EDILSON LEITÃO BONFIM (BACANA), INDICANDO AO PREFEITO MUNICIPAL A NECESSIDADE DE REIVINDICAR JUNTO AOS ÓRGÃOS COMPETENTES DO INSS, A CONTRATAÇÃO DE MÉDICO PERITO PARA O ATENDIMENTO EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_007_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_dos_navegantes.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_007_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_dos_navegantes.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA PERFURAÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE DOS NAVENGANTES, LAGO DE COARI, EM FRENTE A CIDADE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_008_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_laranjal_rio_solimoes.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_008_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_laranjal_rio_solimoes.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA PERFURAÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE LARANJAL, RIO MÉDIO SOLIMÕES, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_009_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_nazatre_pinheiro.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_009_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_nazatre_pinheiro.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UMA FEIRA/MERCADO, COM ESTRUTURA NO BAIRRO NAZARÉ PINHEIRO, NESTA CIDADE DE COARI</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_010_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_grande_vitoria.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_010_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_grande_vitoria.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UMA FEIRA/MERCADO, COM ESTRUTURA NO BAIRRO GRANDE VITÓRIA, PARA BENEFICIAR TAMBÉM OS MORADORES DO BAIRRO LIBERDADE, NESTA CIDADE DE COARI</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>IndSa</t>
   </si>
   <si>
     <t>Indicação do Vereador Salu Júnior</t>
   </si>
   <si>
     <t>Salu Junior</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_001_de_2023_do_vereador_salu_junior002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_001_de_2023_do_vereador_salu_junior002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 001/2023-GV-VSRFJ, de autoria do Vereador Salustiano Rodrigues de Freitas Júnior, INDICANDO A NECESSIDADE DA PAVIMENTAÇÃO E INFRAESTRUTURA DE TODOS OS RAMAIS DA ESTRADA COARI / MAMIÁ, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_002_de_2023_do_vereador_salu_junior001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_002_de_2023_do_vereador_salu_junior001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 002/2023-GV-VSRFJ, de autoria do Vereador Salustiano Rodrigues de Freitas Júnior, INDICANDO A NECESSIDADE DA PAVIMENTAÇÃO E INFRAESTRUTURA DE TODOS OS RAMAIS DA ESTRADA COARI / ITAPÉUA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_003_de_2023_do_vereador_salu_junior001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_003_de_2023_do_vereador_salu_junior001.pdf</t>
   </si>
   <si>
     <t>Solicitando a PERFURAÇÃO DE UM POÇO ARTESIANO COM BOMBA SOLAR PARA A COMUNIDADE SÃO FRANCISCO DO PORTO SANTA MARTA ALTO SOLIMÕES ÁREA II</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_004_de_2023_do_vereador_salu_junior002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_004_de_2023_do_vereador_salu_junior002.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A PERFURAÇÃO DE UM POÇO ARTESIANO COM BOMBA SOLAR PARA A COMUNIDADE SÃO RAIMUNDO DA COSTA DO IPIXUNA ALTO SOLIMÕES ÁREA II</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_005_de_2023_do_vereador_salu_junior003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_005_de_2023_do_vereador_salu_junior003.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 005/2023-GS-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Júnior INDICANDO A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NA COMUNIDADE SÃO RAIMUNDO DA COSTA DO IPIXUNA</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_006_de_2023_do_vereador_salu_junior004.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_006_de_2023_do_vereador_salu_junior004.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2023-GS-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Júnior INDICANDO QUE SEJA IMPLANTADA O SISTEMA DE AGROVILAS NO MUNICÍPIO DE COARI, PRECISAMENTE NA ESTRADA COARI/ITAPEUA</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_007_de_2023_do_vereador_salu_junior005.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_007_de_2023_do_vereador_salu_junior005.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 007/2023-GS-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Júnior INDICANDO QUE SEJA IMPLANTADA O SISTEMA DE AGROVILAS NO MUNICÍPIO DE COARI, PRECISAMENTE NA ESTRADA COARI/MAMIÁ;</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_008_de_2023_do_vereador_salu_junior006.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_008_de_2023_do_vereador_salu_junior006.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 008/2023-GS-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Júnior INDICANDO QUE SEJA FEITA A CONSTRUÇÃO DO TERMINAL PESQUEIRO DE COARI; INDICAÇÃO Nº 001/2023-GV-MJLS DE AUTORIA DO VEREADOR MÁRIO JORGE LIMA DOS SANTOS, INDICANDO A NECESSIDADE DA RECUPERAÇÃO DO CENTRO SOCIAL DA COMUNIDADE DO BOAN, NO LAGO DE COARI</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_09_de_2023_ver_salu_junior001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_09_de_2023_ver_salu_junior001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 009/2023 – GV- SRFJ, de autoria do vereador Salustiano Rodrigues de Freitas Junior.   INDICA a construção uma nova escola de (02) duas salas na Comunidade São Francisco do Matamaru, no Lago do Mamiá</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_10_de_2023_ver_salu_junior002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_10_de_2023_ver_salu_junior002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 010/2023 – GV- SRFJ, de autoria do vereador Salustiano Rodrigues de Freitas Junior. INDICA A Construção de um Centro Comunitário na Comunidade São Francisco do Matamaru</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_11_de_2023_ver_salu_junior003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_11_de_2023_ver_salu_junior003.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 011/2023 – GV- SRFJ, de autoria do vereador Salustiano Rodrigues de Freitas Junior.  INDICA a Perfuração de um Poço Artesiano com Bomba Solar para a Comunidade do Matamaru, no Lago do Mamiá</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_n_012_de_2023_do_vereador_salu_junior001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_n_012_de_2023_do_vereador_salu_junior001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 012/2023-GB-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, indicando a Perfuração de um Poço Artesiano com Bomba Solar para a Comunidade São João do Paricá</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_n_013_de_2023_do_vereador_salu_junior002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_n_013_de_2023_do_vereador_salu_junior002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 013/2023-GB-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, INDICANDO A Recuperação Da Escola e da Biblioteca na Comunidade São João do Paricá Rio Copeá Área II</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_14_do_vereador_salu_junior.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_14_do_vereador_salu_junior.pdf</t>
   </si>
   <si>
     <t>Indicação nº 0014/2023-GB-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, indica a Construção de uma Unidade Básica de Saúde – UBS no bairro que não dispõe de Unidade de Saúde</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_n_15_do_vereador_salu_junior.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_n_15_do_vereador_salu_junior.pdf</t>
   </si>
   <si>
     <t>Indicação nº 0015/2023 - GB-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, Indica a necessidade da aquisição de uma Ambulâncha toda equipada e que fique a disposição das Comunidades da Calha II, no Alto Solimões, na Zona Rural, no Município de Coari</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_16_do_vereador_salu_junior.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_16_do_vereador_salu_junior.pdf</t>
   </si>
   <si>
     <t>Indicação nº 0016/2023 - GB-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, Indicando a aquisição de uma Ambulancha toda equipada, que fique à disposição das Comunidades da Calha VII, no Rio Piorini e Rio Codajás Mirim, da Zona Rural do Município de Coari</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_17_de_2023_do_vereador_salu_junior001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_17_de_2023_do_vereador_salu_junior001.pdf</t>
   </si>
   <si>
     <t>Indicação nº 0017/2023 – GV-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, indicando ao Chefe do Poder Executivo Municipal para que através das Secretarias Municipais de competência seja tomada providências que façam a aquisição de um barco para escoamento da produção dos agricultores da calha II no Alto Solimões, sendo beneficiadas as comunidades daquela localidade</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_18_de_2023_do_vereador_salu_junior002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_18_de_2023_do_vereador_salu_junior002.pdf</t>
   </si>
   <si>
     <t>Indicação nº 0018/2023-GB-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, indicando ao Chefe do Poder Executivo Municipal para que através das Secretarias Municipais de competência seja tomada providências que façam a aquisição de um barco para escoamento da produção dos agricultores da calha III no Alto Solimões, sendo beneficiadas as comunidades daquela localidade</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_19_de_2023_do_vereador_salu_junior003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_19_de_2023_do_vereador_salu_junior003.pdf</t>
   </si>
   <si>
     <t>Indicação nº 0019/2023-GB-VSRFJ de autoria do vereador Salustiano Rodrigues de Freitas Junior, indicando ao Chefe do Poder Executivo Municipal para que através das Secretarias Municipais de competência seja tomada providências que façam a aquisição de um barco para escoamento da produção dos agricultores da calha IV no Lago de Coari no Alto Solimões, sendo beneficiadas as comunidades daquela localidade</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>INDOR</t>
   </si>
   <si>
     <t>Indicação do Vereador Orleilson</t>
   </si>
   <si>
     <t>ORLEILSON</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_002_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_002_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 002/2023-GV-OOL, de autoria do Vereador Orleilson de Oliveira Lima, INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UM ESTACIONAMENTO NA FRENTE DA ESCOLA MUNICIPAL CÂNDIDA AQUINO E O ANEXO DA ESCOLA MUNICIPAL RAIMUNDA CRUZ, NA ESTRADA DO AEROPORTO, BAIRRO UNIÃO, NESTA CIDADE</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_003_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_003_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 003/2023-GV-OOL, de autoria do Vereador Orleilson de Oliveira Lima, INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NA COMUNIDADE DE SÃO JOÃO BATISTA DO LAGO DO JENIPAPO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_004_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_004_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 004/2023-GV-OOL, de autoria do Vereador Orleilson de Oliveira Lima, INDICANDO A NECESSIDADE DE GUARDAS MUNICIPAIS EM CADA ESCOLA MUNICIPAL, NA CIDADE, DURANTE O PERÍODO DE ENTRADA E SAÍDAS DOS ALUNOS NAS UNIDADES DE ENSINO, NO SENTIDO DE EVITAR ACIDENTES OU QUALQUER OUTRA SITUAÇÃO GRAVE</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_005_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_005_de_2023_do_vereador_orleilson_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal de Coari, estude a possibilidade da criação de uma Secretaria Municipal ou uma pasta exclusiva para atendimento dos Povos Indígenas no Município de Coari.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL O ATENDIMENTO OFTALMOLÓGICO DAS CRIANÇAS EM TODAS AS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_007_de_2023_do_vereador_orleilson_de_oliveira_lima.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_007_de_2023_do_vereador_orleilson_de_oliveira_lima.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N.007/2023, DE AUTORIA DO VEREADOR  ORLELILSON DE OLIVEIRA LIMA, INDICANDO AO PREFEITO MUNICIPAL A NECESSIDADE URGENTE DO CONCERTO E MANUTENÇÃO DO ESGOTO NA RUA JUAN ROCK DELL’OSO, BAIRRO UNIÃO, NESTA CIDADE</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Indicação do Vereador Nelson</t>
   </si>
   <si>
     <t>NELSON DO CAMINHAO</t>
   </si>
   <si>
     <t>INDICO A CONSTRUÇÃO DE UMA CRECHE PARA A COMUNIDADE SÃO FRANCISCO DO SAÚBA, ESTRADA COARI/MAMIÁ, NESTE MUNICÍPIO DE  COARI-AM</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_002_do_vereador_nelson_em_19.04.2023.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_002_do_vereador_nelson_em_19.04.2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM QUEBRA MOLA NA ESTRADA COARI/MAMIÁ, NA COMUNIDADE SÃO FRANCISCO DO SAÚBA NESTE MUNICÍPIO DE  COARI-AM</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_03_de_2023_do_vereador_nelson001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_03_de_2023_do_vereador_nelson001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 003/2023-CMC-GV-NACS de autoria do vereador Nelson Adalberto Carvalho da Silva, INDICANDO a Construção de um Posto de Saúde no Bairro Grande Vitória</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_n_04_de_2023_do_vereador_nelson002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_n_04_de_2023_do_vereador_nelson002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 004/2023-CMC-GV-NACS, INDICANDO a Construção de uma Quadra Esportiva no Bairro Grande Vitória;</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_n_05_de_2023_do_vereador_nelson003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_n_05_de_2023_do_vereador_nelson003.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 005/2023-GV-NACS de autoria do vereador NELSON ADALBERTO CARVALHO DA SILVA, reivindicar o atendimento de saúde dos postos no período noturno</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>ZE CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_do_vereador_nelson_006_de_2023.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_do_vereador_nelson_006_de_2023.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 006/2023-CMC-GV-NACS de autoria do vereador NELSON ADALBERTO CARVALHO DA SILVA, INDICANDO a Construção de uma CRECHE no Bairro Grande Vitória</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_007_do_vereador_nelson001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_007_do_vereador_nelson001.pdf</t>
   </si>
   <si>
     <t>Indicação nº 007/2023-CM-GV-NACS Indicando a Construção de Alojamento nas Comunidades Rurais para os Professores</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n._008_do_vereador_nelson_ao_prefeito_municipal.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n._008_do_vereador_nelson_ao_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 08/2023- GV-NACS, de autoria do vereador Nelson Adalberto Carvalho da Silva. INDICA A NECESSIDADE DE CONSTRUÇÕES DE ABRIGOS COM ESTRUTURAS NOS PONTOS DOS ÔNIBUS ESCOLARES NA CIDADE DE COARI/AM</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Indicação do Vereador Elinho</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_01_de_2023_do_vereador_elinho001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_01_de_2023_do_vereador_elinho001.pdf</t>
   </si>
   <si>
     <t>Realização de estudos que tenham por finalidade a organização da nossa cidade, no tocante a denominação de logradouros públicos, como também da numeração dos imóveis e comerciais no Município de Coari</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_002_de_2023_do_vereador_elinho001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_002_de_2023_do_vereador_elinho001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N.002/2023, DE AUTORIA DO VEREADOR  ELINHO OLIVEIRA DO NASCIMENTO, INDICANDO AO PREFEITO MUNICIPAL A NECESSIDADE DE ESTUDOS E LEVANTAMENTO DE PESSOAL, A FIM DE LEALIZAR CONCURSO PÚBLICO NO MUNICÍPIO DE COARI, PARA SUPRIMENTO DE VAGA EXISTENTES NO SERVIÇO PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Indicação do Vereador Zezinho Bastos</t>
   </si>
   <si>
     <t>ZEZINHO BASTOS</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/186/indicascao_n_01_de_2023_do_vereador_zezinho.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/186/indicascao_n_01_de_2023_do_vereador_zezinho.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2023-GV-JAAB INDICANDO A NECESSIDADE DE UM QUEBRA MOLA NA LADEIRA QUE FICA SITUADA A RUA MANOEL MARQUES</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_02_de_2023_do_vereador_zezinho.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_02_de_2023_do_vereador_zezinho.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 002/2023-GV-JAAB INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UMA PRAÇA NO ESPAÇO ATRÁS DA ESCOLA ALEXANDRE MONTORIL GM3</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 003/2023 – GV – JAAB – DE AUTORIA DO VEREADOR JOSÉ AUGUSTO DE ALBUQUERQUE BASTOS (ZEZINHO) INDICANDO A NECESSIDADE DE PROCEDER COM URGÊNCIA A PERFURAÇÃO DE UM POÇO ARTESIANO E RESERVATÓRIO DE ÁGUA PARA ABASTACIMENTO DOS MORADORES DO BAIRRO DE SÃO SEBASTIÃO, NESTA CIDADE DE COARI</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_004_de_2023_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_004_de_2023_do_vereador_jose_augusto_albuquerque_bastos.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA TROCA DO TELHADO DA CAPELA DO CEMITÉRIO SANTA TEREZINHA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Indicação do Vereador Edelson Fialho</t>
   </si>
   <si>
     <t>EDELSON FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_01_de_2023_ver_edelson_fialho002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_01_de_2023_ver_edelson_fialho002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2023-CMC-GV-EFS de autoria do vereador Edelson Fialho de Souza, indicando a necessidade da CONSTRUÇÃO DA COBERTURA da quadra esportiva na Comunidade São Francisco do Saúba.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 002/2023-CMC-GV-EFS de autoria do vereador Edelson Fialho de Souza INDICA a Construção da Cobertura da quadra esportiva LAURA BATISTA TORRRES na Vila do Itapéua</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 003/2023-CMC-GV-EFS de autoria do vereador Edelson Fialho de Souza INDICA o Recapeamento Asfáltico no trecho da Rua Olavo Bilac, entre as ruas Helena de Morais e Odonel Vieira no Bairro de Santa Helena.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_n_004_de_2023_do_vereador_fialho002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_n_004_de_2023_do_vereador_fialho002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 004/2023-CMC-EFS de autoria do vereador EDELSON FIALHO DE SOUZA, INDICANDO a Implantação da Patrulha RuraL</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_005_de_2023_do_vereador_edeldon_fialho_de_souza002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_005_de_2023_do_vereador_edeldon_fialho_de_souza002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N.005/2023-CMC-GV-EFS, DE AUTORIA DO VEREADOR EDELSON FIALHO DE SOUZA, SOLICITANDO QUE A CÂMARA MUNICIPAL PROMOVA ATRAVÉS DE UMA SESSÃO SOLENE, HOMENAGEM COM CERTIFICADO DE MÉRITO LEGISLATIVO, AOS INTEGRANTES DA BASE ARPÃO, EM RECONHECIMENTO À NOTÁVEL E PARTICIPAÇÃO CALOROSA NA OPERAÇÃO (DISTRIBUIÇÃO</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_006_de_2023_do_vereador_edeldon_fialho_de_souza003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_006_de_2023_do_vereador_edeldon_fialho_de_souza003.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N.006/2023-CMC-GV-EFS, DE AUTORIA DO VEREADOR EDELSON FIALHO DE SOUZA, SOLICITANDO QUE A CÂMARA MUNICIPAL PROMOVA ATRAVÉS DE UMA SESSÃO SOLENE, HOMENAGEM COM CERTIFICADO DE MÉRITO LEGISLATIVO, AOS INTEGRANTES DO 5º. BATALHÃO DA POLÍCIA MILITAR EM RECONHECIMENTO À NOTÁVEL PARTICIPAÇÃO CALOROSA NA AÇÃO CONJUNTA COM A BASE ARPÃO NO DIA 20 DE OUTUBRO DE 2023</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_007_do_vereador_fialho001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_007_do_vereador_fialho001.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA ABERTURA DE RAMAL DA LOCALIDADE DO BUQUARÁ, NAS PROXIMIDADES DO BALNEÁRIO POR NOME GATA MOLHADA,  ATÉ A COMUNIDADE DO IZIDÓRIO NO LAGO DE COARI, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Indicação do Vereador Marilso</t>
   </si>
   <si>
     <t>MARILSO DO GESSO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_001_de_2023_do_ver__marilson001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_001_de_2023_do_ver__marilson001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2023-GV- MAM, DE AUTORIA DO VEREADOR MARILSO ASSIS MAIA INDICANDO A NECESSIDADE DA CONCLUSÃO DA CONSTRUÇÃO DA UNIDADE BÁSICA DE SAÚDE-UBS, DA COMUNIDADE SANTA LUZIA DO BUIUÇUZINHO DO LAGO DE COARI, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Indicação do Vereador José Carlos</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_n_001_de_2023_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_n_001_de_2023_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2023-CMC-GV-JCFP de autoria do vereador JOSÉ CARLOS FERREIRA PINHEIRO, INDICANDO que sejam reformadas e/ou construída uma nova Ponte, na localidade do Bairro de Duque de Caxias que liga ao Centro;</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 002/2023-CMC-GV-JCFP de autoria do vereador JOSÉ CARLOS FERREIRA PINHEIRO, INDICANDO que seja feita a Conclusão da Construção da Unidade Básica de Saúde da Família Ribeirinha da Comunidade do Buiuçuzinho no Rio Urucu, neste município</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Indicação N. 003/2023-CMC-GV-JCF, de autoria do Vereador José Carlos Ferreira Pinheiro, indicando ao Prefeito Municipal de Coari, a Contratação de Agente Comunitário para a Comunidade do Ramal Paraiso, neste Município;</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_004_de_2023_do_vereador_jose_carlos002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_004_de_2023_do_vereador_jose_carlos002.pdf</t>
   </si>
   <si>
     <t>Indicação N. 004/2023-CMC-GV-JCF, de autoria do Vereador José Carlos Ferreira Pinheiro, indicando ao Prefeito Municipal de Coari, a perfuração de um poço artesiano na Comunidade do Ramal Paraiso, neste Município</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_005_de_2023_do_vereador_jose_carlos002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_005_de_2023_do_vereador_jose_carlos002.pdf</t>
   </si>
   <si>
     <t>Indicação nº 005/2023, de Autoria do Vereador José Carlos Ferreira Pinheiro, indicando a necessidade da Reforma da Unidade Básica de Saúde da Comunidade de Lauro Sodré</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Indicação nº 006/2023, de autoria do vereador José Carlos Ferreira Pinheiro, indicando a necessidade da Perfuração de um Poço Artesiano na Comunidade Lauro Sodré, neste Município.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_007_de_2023_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_007_de_2023_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N.007/2023, DE AUTORIA DO VEREADOR  JOSÉ CARLOS FERREIRA PINHEIRO, INDICANDO AO PREFEITO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE UMA NOVA PONTE NO BECO MOISÉS BEZERRA NO BAIRRO CHAGAS AGUIR, NESTA CIDADE</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_008_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_008_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA PERFURAÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE SÃO JOSÉ DO MATO GROSSO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_009_do_vereador_jose_carlos002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_009_do_vereador_jose_carlos002.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA REFORMA DO CENTRO SOCIAL NA COMUNIDADE SÃO JOSÉ DO MATO GROSSO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_10_de_2023_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_10_de_2023_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA PERFURAÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE NOVA REPÚBLICA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_11_de_2023_do_vereador_jose_carlos003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_11_de_2023_do_vereador_jose_carlos003.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UM CENTRO SOCIAL NA COMUNIDADE NOVA REPÚBLICA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_12_de_2023_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_12_de_2023_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UM CENTRO SOCIAL NA COMUNIDADE  PORTO ARAÚJO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_13_de_2023_do_vereador_jose_carlos002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_13_de_2023_do_vereador_jose_carlos002.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA PERFURAÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE ILHA DO JÚLIO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_14_de_2023_do_vereador_jose_carlos003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_14_de_2023_do_vereador_jose_carlos003.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UM CENTRO SOCIAL NA COMUNIDADE  ILHA DO JÚLIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_15_de_2023_do_vereador_jose_carlos004.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_15_de_2023_do_vereador_jose_carlos004.pdf</t>
   </si>
   <si>
     <t>INDICANDO A NECESSIDADE DA CONSTRUÇÃO DE UM CENTRO SOCIAL NA COMUNIDADE  SÃO LÁZARO DO SACAI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>MÇ</t>
   </si>
   <si>
     <t>Moção de Pesar do Vereador Zé Carlos</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Indicação do Vereador Erivan</t>
   </si>
   <si>
     <t>ERIVAN DA PESCA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_01_de_2023_do_vereador_erivan_001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_01_de_2023_do_vereador_erivan_001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 001/2023 DE AUTORIA DO VEREADOR ERIVAN PACHECO, QUE SOLICITA PROVIDÊNCIA NO SENTIDO DE VIABILIZAR O SERVIÇO DE MANUTENÇÃO, REPARO E DESOBSTRUÇÃO DOS DUTOS DE ESCOAMENTO DE ESGOTO DO BECO DOS CORREIOS, NO BAIRRO CHAGAS AGUIAR, NESTA CIDADE.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_002_de_2023_do_vereador_erivan001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_002_de_2023_do_vereador_erivan001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 002/2023-GV-EPS de autoria do vereador Erivan Pacheco de Souza. INDICA A SOLICITAÇÃO DE REDES DE PROTEÇÃO NAS LATERAIS DAS QUADRAS DOS GINÁSIOS POLIESPORTIVOS, DO MUNICPIO DE COARI.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento do Vereador Orleilson</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._001_do_vereador_orleilson_solicitando_a_construcao_de_um_novo_presidio.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._001_do_vereador_orleilson_solicitando_a_construcao_de_um_novo_presidio.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM NOVO PRESÍDIO NO MUNICÍPIO DE COARI</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>PLVE</t>
   </si>
   <si>
     <t>Projeto de Lei Vereador Elinho</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº. 01, DE 27 DE FEVEREIRO  DE 2023, DE AUTORIA DO VEREADOR ELINHO OLIVEIRA DO NASCIMENTO, QUE DISPÕE SOBRE PROIBIÇÃO DA PESCA PREDATÓRIA DO TUCUNARÉ-AÇÚ, NO ÂMBITO DO MUNICÍPIO DE COARI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_municipal_n_002_de_2023_vr_elinho2.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_municipal_n_002_de_2023_vr_elinho2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL N. 02 DE 27 DE FEVEREIRO DE 2023, TAMBÉM DE AUTORIA DO VEREADOR ELINHO OLIVEIRA DO NASCIMENTO, QUE DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL E VEGETAL E SEUS DERIVADOS, NO MUNICÍPIO DE COARI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>PLVD</t>
   </si>
   <si>
     <t>Projeto de Lei Vereadora Ducirene</t>
   </si>
   <si>
     <t>DULCE MENEZES</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_n._001_de_14_de_marco_de_2023_de_autoria__maria_ducirene.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_n._001_de_14_de_marco_de_2023_de_autoria__maria_ducirene.pdf</t>
   </si>
   <si>
     <t>QUE CRIA A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA (CIPTEA), NO MUNICÍPIO DE COARI E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>IMJ</t>
   </si>
   <si>
     <t>Indicação Ver Mário Jorge</t>
   </si>
   <si>
     <t>Mario Jorge</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_001_de_2023_do_vereador_mario_jorge001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_001_de_2023_do_vereador_mario_jorge001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/2023-GV-MJLS DE AUTORIA DO VEREADOR MÁRIO JORGE LIMA DOS SANTOS, INDICANDO A NECESSIDADE DA RECUPERAÇÃO DO CENTRO SOCIAL DA COMUNIDADE DO BOAN, NO LAGO DE COARI.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Projeto de Lei Vereador Erivan</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei__n._01_de_2023_do_vereador_erivan_pacheco_institui_o_dia_do_pescador_em_coari.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei__n._01_de_2023_do_vereador_erivan_pacheco_institui_o_dia_do_pescador_em_coari.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001, DE 17 DE OUTUBRO DE 2023. INSTITUI O DIA DO PESCADOR E INCLUI A DATA NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE COARI, ESTADO DO AMAZONAS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento ver Jeany Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_n._04__de_2023_da_vereadora_jeany__mocao_de_felicitacoes__a_adail_pinheiro.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_n._04__de_2023_da_vereadora_jeany__mocao_de_felicitacoes__a_adail_pinheiro.pdf</t>
   </si>
   <si>
     <t>REQUERENDO A MESA DIRETORA A EXPEDIÇÃO DE UMA MOÇÃO DE FELICITAÇÕES PELA PASSAGEM DO ANIVERSÁRIO DO EX-PREFEITO DO MUNICÍPIO DE COARI, SENHOR MANUEL ADAIL AMARAL PINHEIRO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1689,67 +1689,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_1_titulo_de_cidadao_coariense__ao__senador_plinio_valerio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_decreto_legislativo_2_titulo_de_cidadao_coariense__ao__senhor_thiago_torres_cordeiro_defensor_publico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/204/5projeto_de_decreto_legislativo_3_titulo_de_cidadao_coariense__ao__holfman.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_decreto_legislativo_5_titulo_de_cidadao_coariense__ao__major_pm_jean.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_n._02_-_2023_-_nova_e_atualizada_lei_de_regulamentacao_da_brigada_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_n_004_de_2023_do_poder_executivo_municipal001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_n_06_de_2023__sobre_iptu001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_lei_n_07_de_2023__sobre_incentivo_a_emissao_de_notas_fiscais001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/136/1projeto_de_lei_municipal_coari_n_08_de_13_de_marco_de_2023_sobre_o__cmdca_2022_1_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_emenda_conselho_tutelar1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_n_13_do_poder_executivo002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_n._14__de_2023_do_poder_executivo__reurb.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei_n._15-2023_-desapropriacao_radio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n._16-2023_-_prato_solidario_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_n_017_de_2023_sesan_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_n._18_de_20_der_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_municipal_n._19_de_23.06.2023_que_dispoe_sobre_a_criacao_do_conselho_funsiario.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_n._20_de_2306.2023_que_cria_o_comic.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_n_23_de_2023_do_poder_executivo_e_anexos001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_n_24_de_2023_do_poder_executivo002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_que_estima_a_receita_e_fixa_a_despeza_para_o_ano_de_2024_loa001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_n._27-2023_-_atualizacao_lei_geral_coari.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_municipal_n_28_de_27_de_novembro_de_2023002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no_29-2023_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_n_31_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_n_32_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_legislativa_n._001_de_2023_de_alteracao_do_regimento_interno_da_camara.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_legislativa_n._002_de_16_de_maio_de_2023_que_altara_a_senominacao_do_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_resolucao_legislativa_n._003_de_2023_de_mudanca_no_horario_da_reuniao_plenaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_resolucao_legislativa_n._004_de_2023_que_altera_a_resolucao_legislativa_n_10_de_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_n._005_de_2023_da_mesa_diretora_que_estabelece_regras_e_diretrizes_sobre_o_processo_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_pesar_aos_familiares_do_senhor_paulo_lima.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_conjunto_n_26_de_2023__ccj_e_redacao_ao_projeto_22_de_2023_lei_22_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/198/parecer_n_28_de_2023_ccj_e_redacao__ao__ao_projeto_de_lei_n_24_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/205/parecer_conjunto_n._31_ao__proje_decreto_legisl_n._03__titulo_de_cidadao_coariense_ao_johnny_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_001_de_2023_do_vereador_e_bacana_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_002_de_2023_do_vereador_e_bacana_a_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal__n._001_de_2023_da_vereadora_jeany_pinheiro_sobre_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_004_de_2023_do_vereador_e_bacana_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_005_de_2023_do_vereador_e_bacana_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_006_de_2023_do_vereador_e_bacana__ao_prefeito_indicando_ao_prefeito_a_contratacao_de_perito_para_o_posto_de_inss_em__coari.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_007_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_dos_navegantes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_008_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_laranjal_rio_solimoes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_009_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_nazatre_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_010_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_grande_vitoria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_001_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_002_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_003_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_004_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_005_de_2023_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_006_de_2023_do_vereador_salu_junior004.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_007_de_2023_do_vereador_salu_junior005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_008_de_2023_do_vereador_salu_junior006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_09_de_2023_ver_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_10_de_2023_ver_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_11_de_2023_ver_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_n_012_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_n_013_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_14_do_vereador_salu_junior.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_n_15_do_vereador_salu_junior.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_16_do_vereador_salu_junior.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_17_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_18_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_19_de_2023_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_002_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_003_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_004_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_005_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_007_de_2023_do_vereador_orleilson_de_oliveira_lima.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_002_do_vereador_nelson_em_19.04.2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_03_de_2023_do_vereador_nelson001.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_n_04_de_2023_do_vereador_nelson002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_n_05_de_2023_do_vereador_nelson003.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_do_vereador_nelson_006_de_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_007_do_vereador_nelson001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n._008_do_vereador_nelson_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_01_de_2023_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_002_de_2023_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/186/indicascao_n_01_de_2023_do_vereador_zezinho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_02_de_2023_do_vereador_zezinho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_004_de_2023_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_01_de_2023_ver_edelson_fialho002.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_n_004_de_2023_do_vereador_fialho002.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_005_de_2023_do_vereador_edeldon_fialho_de_souza002.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_006_de_2023_do_vereador_edeldon_fialho_de_souza003.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_007_do_vereador_fialho001.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_001_de_2023_do_ver__marilson001.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_n_001_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_004_de_2023_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_005_de_2023_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_007_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_008_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_009_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_10_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_11_de_2023_do_vereador_jose_carlos003.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_12_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_13_de_2023_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_14_de_2023_do_vereador_jose_carlos003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_15_de_2023_do_vereador_jose_carlos004.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_01_de_2023_do_vereador_erivan_001.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_002_de_2023_do_vereador_erivan001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._001_do_vereador_orleilson_solicitando_a_construcao_de_um_novo_presidio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_municipal_n_002_de_2023_vr_elinho2.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_n._001_de_14_de_marco_de_2023_de_autoria__maria_ducirene.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_001_de_2023_do_vereador_mario_jorge001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei__n._01_de_2023_do_vereador_erivan_pacheco_institui_o_dia_do_pescador_em_coari.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_n._04__de_2023_da_vereadora_jeany__mocao_de_felicitacoes__a_adail_pinheiro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_decreto_legislativo_1_titulo_de_cidadao_coariense__ao__senador_plinio_valerio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/200/projeto_de_decreto_legislativo_2_titulo_de_cidadao_coariense__ao__senhor_thiago_torres_cordeiro_defensor_publico.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/204/5projeto_de_decreto_legislativo_3_titulo_de_cidadao_coariense__ao__holfman.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_de_decreto_legislativo_5_titulo_de_cidadao_coariense__ao__major_pm_jean.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_n._02_-_2023_-_nova_e_atualizada_lei_de_regulamentacao_da_brigada_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_n_004_de_2023_do_poder_executivo_municipal001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_n_06_de_2023__sobre_iptu001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_lei_n_07_de_2023__sobre_incentivo_a_emissao_de_notas_fiscais001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/136/1projeto_de_lei_municipal_coari_n_08_de_13_de_marco_de_2023_sobre_o__cmdca_2022_1_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_emenda_conselho_tutelar1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_lei_n_13_do_poder_executivo002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_n._14__de_2023_do_poder_executivo__reurb.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/174/projeto_de_lei_n._15-2023_-desapropriacao_radio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_n._16-2023_-_prato_solidario_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_n_017_de_2023_sesan_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_n._18_de_20_der_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/188/projeto_de_lei_municipal_n._19_de_23.06.2023_que_dispoe_sobre_a_criacao_do_conselho_funsiario.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/189/projeto_de_lei_n._20_de_2306.2023_que_cria_o_comic.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_de_lei_n_23_de_2023_do_poder_executivo_e_anexos001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_de_lei_n_24_de_2023_do_poder_executivo002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/218/projeto_de_lei_que_estima_a_receita_e_fixa_a_despeza_para_o_ano_de_2024_loa001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_de_lei_n._27-2023_-_atualizacao_lei_geral_coari.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/223/projeto_de_lei_municipal_n_28_de_27_de_novembro_de_2023002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_no_29-2023_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/243/projeto_de_lei_n_31_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_n_32_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_resolucao_legislativa_n._001_de_2023_de_alteracao_do_regimento_interno_da_camara.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/180/projeto_de_resolucao_legislativa_n._002_de_16_de_maio_de_2023_que_altara_a_senominacao_do_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_resolucao_legislativa_n._003_de_2023_de_mudanca_no_horario_da_reuniao_plenaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_resolucao_legislativa_n._004_de_2023_que_altera_a_resolucao_legislativa_n_10_de_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_n._005_de_2023_da_mesa_diretora_que_estabelece_regras_e_diretrizes_sobre_o_processo_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/178/mocao_de_pesar_aos_familiares_do_senhor_paulo_lima.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_conjunto_n_26_de_2023__ccj_e_redacao_ao_projeto_22_de_2023_lei_22_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/198/parecer_n_28_de_2023_ccj_e_redacao__ao__ao_projeto_de_lei_n_24_de_2023_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/205/parecer_conjunto_n._31_ao__proje_decreto_legisl_n._03__titulo_de_cidadao_coariense_ao_johnny_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_001_de_2023_do_vereador_e_bacana_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_002_de_2023_do_vereador_e_bacana_a_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/208/projeto_de_lei_municipal__n._001_de_2023_da_vereadora_jeany_pinheiro_sobre_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_004_de_2023_do_vereador_e_bacana_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_005_de_2023_do_vereador_e_bacana_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_006_de_2023_do_vereador_e_bacana__ao_prefeito_indicando_ao_prefeito_a_contratacao_de_perito_para_o_posto_de_inss_em__coari.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_007_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_dos_navegantes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_008_de_2023_do_vereador_bacana_solicitando_um_poco_artesiano_para_a_com_laranjal_rio_solimoes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/239/indicacao_no_009_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_nazatre_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_no_010_de_2023_do_vereador_bacana_solicitando_uma_feira_mercado_para_o_bairro_grande_vitoria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_n_001_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_n_002_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_n_003_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_n_004_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_n_005_de_2023_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_n_006_de_2023_do_vereador_salu_junior004.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_n_007_de_2023_do_vereador_salu_junior005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_n_008_de_2023_do_vereador_salu_junior006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_n_09_de_2023_ver_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_n_10_de_2023_ver_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_n_11_de_2023_ver_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_n_012_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_n_013_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_14_do_vereador_salu_junior.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_n_15_do_vereador_salu_junior.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_16_do_vereador_salu_junior.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_17_de_2023_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_n_18_de_2023_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_19_de_2023_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_002_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_003_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_004_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_005_de_2023_do_vereador_orleilson_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_007_de_2023_do_vereador_orleilson_de_oliveira_lima.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_n_002_do_vereador_nelson_em_19.04.2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_03_de_2023_do_vereador_nelson001.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_n_04_de_2023_do_vereador_nelson002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_n_05_de_2023_do_vereador_nelson003.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_do_vereador_nelson_006_de_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_007_do_vereador_nelson001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_n._008_do_vereador_nelson_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_n_01_de_2023_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_002_de_2023_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/186/indicascao_n_01_de_2023_do_vereador_zezinho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_02_de_2023_do_vereador_zezinho.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_004_de_2023_do_vereador_jose_augusto_albuquerque_bastos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_n_01_de_2023_ver_edelson_fialho002.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_n_004_de_2023_do_vereador_fialho002.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_005_de_2023_do_vereador_edeldon_fialho_de_souza002.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_n_006_de_2023_do_vereador_edeldon_fialho_de_souza003.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_n_007_do_vereador_fialho001.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_001_de_2023_do_ver__marilson001.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_n_001_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_004_de_2023_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_n_005_de_2023_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_n_007_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_n_008_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_009_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_10_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_n_11_de_2023_do_vereador_jose_carlos003.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_12_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_13_de_2023_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_n_14_de_2023_do_vereador_jose_carlos003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_n_15_de_2023_do_vereador_jose_carlos004.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_n_002_de_2023_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_01_de_2023_do_vereador_erivan_001.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_002_de_2023_do_vereador_erivan001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._001_do_vereador_orleilson_solicitando_a_construcao_de_um_novo_presidio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_municipal_n_002_de_2023_vr_elinho2.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_n._001_de_14_de_marco_de_2023_de_autoria__maria_ducirene.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_n_001_de_2023_do_vereador_mario_jorge001.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei__n._01_de_2023_do_vereador_erivan_pacheco_institui_o_dia_do_pescador_em_coari.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_n._04__de_2023_da_vereadora_jeany__mocao_de_felicitacoes__a_adail_pinheiro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="35.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="205.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="204.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>