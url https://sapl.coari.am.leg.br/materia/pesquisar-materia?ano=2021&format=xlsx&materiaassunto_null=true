--- v0 (2025-12-09)
+++ v1 (2026-03-15)
@@ -54,690 +54,690 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Maria Ducirene da Cruz Menezes</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/</t>
+    <t>http://sapl.coari.am.leg.br/media/</t>
   </si>
   <si>
     <t>PROJERTO DE LEI MUNICIPAL N. 01 DE 2021, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL CELEBRAR TERMOS DE CONVÊNIOS, COM A UNIÃO O ESTADO, AUTARQUIAS, EMPRESAS PÚBLICAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_n_2_de_4_de_janeiro_de_2021_que_altera_a_lei_724001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_n_2_de_4_de_janeiro_de_2021_que_altera_a_lei_724001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL N. 724, DE 29 DE JULHO DE 2019</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_n_3_de_4_de_janeiro_de_2021_que_altera_a_lei_722001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_n_3_de_4_de_janeiro_de_2021_que_altera_a_lei_722001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL 722, DE 29 DE JULHO DE 2019</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_n_1_de_4_de_janeiro_de_2021_convenios001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_n_1_de_4_de_janeiro_de_2021_convenios001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL N. 723, DE 29 DE JULHO DE 2019</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_5_de_4_de_janeiro_de_2021_que_autoriza_o_executivo_ceder_as_instituicoes_financeiras_creditos_do_royalties001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_5_de_4_de_janeiro_de_2021_que_autoriza_o_executivo_ceder_as_instituicoes_financeiras_creditos_do_royalties001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CEDER ÀS INSTITUIÇÕES FINANCEIRAS PÚBLICAS CRÉDITOS DECORRENTES ROYALTIES</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_n_6_de_4_de_janeiro_de_2021_que_dispoe_sobre_a_reaorganizacao_administrativa_da_prefeitura_municipal001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_n_6_de_4_de_janeiro_de_2021_que_dispoe_sobre_a_reaorganizacao_administrativa_da_prefeitura_municipal001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE COARI</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_n_7_de_4_de_janeiro_de_2021_que_dispoe_sobre_o_fundo_de_municipal_de_investimento_em_infraestrutura_urbana_e_rural001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_n_7_de_4_de_janeiro_de_2021_que_dispoe_sobre_o_fundo_de_municipal_de_investimento_em_infraestrutura_urbana_e_rural001.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE INVESTIMENTO EM INFRAESTRUTUTA URBANA E RURAL</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA o Poder Executivo a doar terreno pertencente ao Patrimônio Público Municipal em favor da DEFENSORIA PÚBLICA DO ESTADO DO AMAZONAS e dá outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/98/projeto_de_lei_n._10_-_2021_-_610_assistencia_social.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/98/projeto_de_lei_n._10_-_2021_-_610_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Assistência Social de Coari/AM – SUAS/COARI, do Fundo Municipal de Assistência Social – FMAS, do Conselho Municipal de Assistência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/99/projeto_de_lei_n._11_-_2021_-_621_beneficios_eventuais.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/99/projeto_de_lei_n._11_-_2021_-_621_beneficios_eventuais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Benefícios Eventuais pela Política Municipal de Assistência Social, através do Sistema Único de Assistência Social – SUAS/Coari-AM, e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/100/projeto_de_lei_n._12_-_2021_-_sobre_alteracao_da_lei_de_reorganizacao_2021_2.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/100/projeto_de_lei_n._12_-_2021_-_sobre_alteracao_da_lei_de_reorganizacao_2021_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Art. 3º. da Lei Municipal Nº. 751, de 05 de janeiro de 2021, e criação da Secretaria Municipal de Governo e dá outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/101/projeto_de_lei_n_13_do_poder_executivo002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/101/projeto_de_lei_n_13_do_poder_executivo002.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções de intenções firmado entre municípios brasileiros, com a finalidade de adquirir vacinas para combate Pandemia do coronavirus, medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/121/1parte_do__projeto_de_lei_municipal_n_014_do_poder_executivo.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/121/1parte_do__projeto_de_lei_municipal_n_014_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CORREGEDORIA E OUVIDORIA DA GUARDA CIVIL MUNICIPAL DE COARI E CRIA CARGOS DE PROVIMENTO EM COMISSÃO,</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ZE CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_n_01_do_vereador_jose_carlos_ao_programa_luz_para_todos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_n_01_do_vereador_jose_carlos_ao_programa_luz_para_todos.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de expediente a empresa Eletrobrás Amazonas Energia S/A, PROGRAMA LUZ PARA TODOS do Governo Federal, na pessoa do senhor Radir Gomes de Oliveira, Diretor de distribuição no interior, requerendo a retomada do Programa na Zona Rural do Município de Coari, como forma de se levar “A LUZ PARA TODOS”, na acepção da palavra, nas Comunidades de: Área do Lago do Mamiá, Estrada Coari-Mamiá, Estrada Coari-Itapéua, Área do Lago de Coari, Área do Alto Solimões, Área do Rio Copeá, Área do Rio Piorini e Alto Rio Mamiá</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/85/parecer_ao_projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/85/parecer_ao_projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>Concede voto favorável aprovação do Projeto de Lei Municipal nº 009/2021, que autoriza o Poder Executivo a doar terreno pertencente ao Patrimônio Público Municipal em favor da Defensoria Pública do Estado do Amazonas e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>PLML</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal do Legislativo</t>
   </si>
   <si>
     <t>JEANY PINHEIRO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_municipal_n._001_de_03_de_marco_de_2021_de_autoria_da_vereadora_jeany.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_municipal_n._001_de_03_de_marco_de_2021_de_autoria_da_vereadora_jeany.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO COMPLEXO DE CONVOVÊNCIA DA FAMÍLIA DO MUNICÍPIO DE COARI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>IDCB</t>
   </si>
   <si>
     <t>INDICAÇÃO DO VEREADOR BACANA</t>
   </si>
   <si>
     <t>BACANA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_n_01_de_2021_do_vereador_bacana001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_n_01_de_2021_do_vereador_bacana001.pdf</t>
   </si>
   <si>
     <t>Sugerindo estudos com a finalidade de habilitar o nosso município, para a aquisição oportunamente de doses de vacinas, contra o novo coronavírus, tão logo seja possível a fim de imunizar a sociedade coariense em sua totalidade;</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n_02_do_vereador_bacana001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n_02_do_vereador_bacana001.pdf</t>
   </si>
   <si>
     <t>Indicação Nº. 002/2021, de autoria do Vereador Francisco Edilson Leitão Bonfim-Bacana, indicando a necessidade de estudos para habilitar o Hospital Regional de Coari, com UNIDADES DE TERAPIA INTENSIVA-UTI</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n_03_do_vereador_bacana019.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n_03_do_vereador_bacana019.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 03/2021, DE AUTORIA DO VEREADOR FRANCISCO EDILSON LEITÃO BONFIM, DIRIGIDA A PREFEITA MUNICIPAL DE COARI EM EXERCÍCIO, A VEREADORA MARIA DUCIRENE DA CRUZ MENEZES, SUGERINDO A DISPONIBILIZAÇÃO DE PESSOAL, UTENSÍLIOS E DUAS MÁQUINAS PESADAS; UMA RETO ESCAVADEIRA E UMA CAÇAMBA, A FIM DE CUIDAR EXCLUSIVAMENTE DAS ESTRADAS E DOS RAMAIS EXISTENTES EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>INDEO</t>
   </si>
   <si>
     <t>Indicação do vereador Edilson</t>
   </si>
   <si>
     <t>EDILSON LIMA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_01_do_vereador_edilson.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_01_do_vereador_edilson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO  Nº. 01/2021, DE AUTORIA DO VEREADOR  EDILSON DE OLIVEIRA LIMA, DIRIGIDA A PREFEITA MUNICIPAL EM EXERCÍCIO A VEREADORA MARIA DUCIRENE DA CRUZ MENEZES, SUGERINDO QUE DETERMINE AO SETOR COMPETENTE A REALIZAR A RECUPERAÇÃO DO RAMAL, QUE INTERLIGA O ATERRO SANITÁRIO À VILA COMARA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>IndSa</t>
   </si>
   <si>
     <t>Indicação do Vereador Salu Júnior</t>
   </si>
   <si>
     <t>Salu Junior</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n_005_do_vereador_salu_junior001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n_005_do_vereador_salu_junior001.pdf</t>
   </si>
   <si>
     <t>Indicação Nº. 005/2021, de autoria do Vereador Salustiano Rodrigues de Freitas Júnior, indicando a necessidade da RECUPERAÇÃO OU CONSTRUÇÃO DE UMA NOVA ESCOLA DE 02(DUAS) SALAS na Comunidade São Francisco do Matamaru, Lago do Mamiá, neste Município</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n_006_do_vereador_salu_junior002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n_006_do_vereador_salu_junior002.pdf</t>
   </si>
   <si>
     <t>Indicação Nº. 006/2021, de autoria do Vereador Salustiano Rodrigues de Freitas Júnior, indicando a necessidade da PERFURAÇÃO DE UM POÇO ARTESIANO na Comunidade São Francisco do Matamaru, Lago do Mamiá, neste Município</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n_007_do_vereador_salu_junior003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n_007_do_vereador_salu_junior003.pdf</t>
   </si>
   <si>
     <t>Indicação Nº. 006/2021, de autoria do Vereador Salustiano Rodrigues de Freitas Júnior, indicando a necessidade da CONSTRUÇÃO DE UMA ESCOLA na Comunidade São Francisco da Boca do Codajás Mirim, neste Município.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>INDOR</t>
   </si>
   <si>
     <t>Indicação do Vereador Orleilson</t>
   </si>
   <si>
     <t>ORLEILSON</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_01_do_vereador_orleilson001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_01_do_vereador_orleilson001.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO  Nº. 01/2021, DE AUTORIA DO VEREADOR  ORLEILSON DE OLIVEIRA LIMA, DIRIGIDO A PREFEITA MUNICIPAL EM EXERCÍCIO A VEREADORA MARIA DUCIRENE DA CRUZ MENEZES, INDICANDO E SUGERINDO DA NECESSIDADE DE CONSTRUIR OUTRO LOCAL, A FIM DE ACOMODAR AS PESSOAS QUE HOJE VENDEM SEUS PRODUTOS NO TRECHO, CONHECIDO COMO SERINGAL</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_02_do_vereador_orleilson002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_02_do_vereador_orleilson002.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO  Nº. 02/2021, DE AUTORIA DO VEREADOR  ORLEILSON DE OLIVEIRA LIMA, DIRIGIDO A PREFEITA MUNICIPAL EM EXERCÍCIO A VEREADORA MARIA DUCIRENE DA CRUZ MENEZES, INDICANDO E SUGERINDO DA NECESSIDADE DE SE EFETUAR UMA LIMPEZA E REVITALIZAÇÃO DE UM POÇO ARTESIANO, PERFURADO, MAS OBSOLETO POR FALTA DE USO, LOCALIZADO NA RUA DA BARREIRA, BAIRRO DO PÊRA, NESTA CIDADE</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação do Vereador Nelson</t>
   </si>
   <si>
     <t>NELSON DO CAMINHAO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_n_01_do_vereador_nelson_001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_n_01_do_vereador_nelson_001.pdf</t>
   </si>
   <si>
     <t>QUE A SECRETARIA MUNICIPAL DE MEIO AMBIENTE DO MUNICÍPIO TOME AS PROVIDÊNCIAS JUNTO AS EMPRESAS QUE EXPLORAM O PETRÕLEO NO MUNICÍPIO DE COARI, SOBRE DERRAMAMENTO DE ÓELO NO RIO SOLIMÕES, PREJUDICANDO O MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_n_02_de_2021_do_vereador_nelson_002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_n_02_de_2021_do_vereador_nelson_002.pdf</t>
   </si>
   <si>
     <t>INDICANDO AO PREFEITO E A CAPITANIA DOS PORTOS, PROVIDÊNCIAS DE SEGURANÇA CONTRA OS PROPRIETÁRIOS DE LANCHAS AJATO E OUTRAS EMBARCAÇÕES DE GRANDE PORTE, QUE NAVEGAM PELOS RIOS DO MUNICÍPIO COLOCANDO EM RISCOS A VIDA DOS QUE NAVEGAM CANOAS PEQUENAS E MORADORES RIBEIRINHOS, CAUSANDO BANZEIROS E ONDAS CAUSADOS PELA VELOCIDADE DAS EMBARCAÇÕES.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/97/indicacoes_n_03__do_vereador_nelson_ao_poder_executivo001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/97/indicacoes_n_03__do_vereador_nelson_ao_poder_executivo001.pdf</t>
   </si>
   <si>
     <t>Indicando providências para a construção de uma ponte, interligando o Pêra Sítio Campo 14, à Rua Ipiranga no Bairro do Pêra</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Indicação do Vereador Elinho</t>
   </si>
   <si>
     <t>ELINHO OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_n_01_de_2021_do_vereador_elinho001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_n_01_de_2021_do_vereador_elinho001.pdf</t>
   </si>
   <si>
     <t>Solicitando a presença do Representante da Eletrobrás, neste Poder Legislativo, em Sessão Ordinária, no sentido de prestar algumas informações relevantes;</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_do_vereador_elinho_02_de_2021.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_do_vereador_elinho_02_de_2021.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade da recuperação de um trecho do Ramal Bom Jardim, localizado ao lado da Cerâmica Casa Nova, nesta cidade de Coari;</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_n_03_de_2021_do_vereador_elinho002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_n_03_de_2021_do_vereador_elinho002.pdf</t>
   </si>
   <si>
     <t>Sugerindo a realização de uma reunião, que tenha por objetivo tratar de assuntos relativos aos empregos do Porto Urucu e a logística para locomoção dos trabalhadores já em atividade naquela empresa;</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n_04_do_vereador_elinho001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n_04_do_vereador_elinho001.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade do reparo no Oitão da Feira Municipal Francisco Lopes da Silva-Folha, localizada no centro da cidade de Coari.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_02_do_vereador_orleilson002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_02_do_vereador_orleilson002.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO  Nº. 02/2021, DE AUTORIA DO VEREADOR  ELINHO OLIVEIRA DO NASCIMENTO, DIRIGIDO A PREFEITA MUNICIPAL EM EXERCÍCIO A VEREADORA MARIA DUCIRENE DA CRUZ MENEZES, REQUERENDO INFORMAÇÕES ACERCA DO NÚMERO DE POSTES FIXADOS EM CALÇADAS E LOGRADOUROS PÚBLICOS NO MUNICPIPIO DE COARI, ATÉ ESTA DATA</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Indicação do Vereador Zezinho Bastos</t>
   </si>
   <si>
     <t>ZEZINHO BASTOS</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_n_01_de_2021_do_vereador_zezinho_bastos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_n_01_de_2021_do_vereador_zezinho_bastos001.pdf</t>
   </si>
   <si>
     <t>Sugerindo e indicando a construção de duas lombadas, nos trechos que compreende, por trás do Posto de Gasolina Rede Rio, nas proximidades do Cemitério Municipal, e outra na rua Coronel Maurício, próximo à esquina do Bar do Neia, nesta cidade de Coari, a fim de evitar possíveis acidentes com vítimas fatais, por negligência e/ou excesso de velocidade naquelas áreas;</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n_02__do_vereador_zezinho003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n_02__do_vereador_zezinho003.pdf</t>
   </si>
   <si>
     <t>Sugerindo e indicando providências para a construção de proteção /barreira, na quadra de areia, localizada ao lado da escola Municipal Ursulina Souza e Oliveira, a fim de propiciar à prática desportiva a juventude coariense, sem contudo perturbar, danificar o patrimônio público e ceifar vidas de inocentes.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n_03__do_vereador_zezinho004.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n_03__do_vereador_zezinho004.pdf</t>
   </si>
   <si>
     <t>Sugerindo e indicando providências para a construção de proteção/barreira, na quadra de basquete, localizada no conjunto habitacional Naide Lins, a fim de garantir segurança aos praticantes do esporte, como também os motoristas e transeuntes que por alí passam,</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Indicação do Vereador Edelson Fialho</t>
   </si>
   <si>
     <t>EDELSON FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_n_01_de_2021_do_vereador_edelson_fialho001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_n_01_de_2021_do_vereador_edelson_fialho001.pdf</t>
   </si>
   <si>
     <t>Indicando a retomada das obras da UBS MUNICIPAL Laércio Braga de Souza na Comunidade do Itapéua, neste município.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_n_02_do_vereador_edelson_fialho001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_n_02_do_vereador_edelson_fialho001.pdf</t>
   </si>
   <si>
     <t>indicando e sugerindo providências urgentes e necessárias sobre a interpelação, abordagem e revista das pessoas, que trafegam pelo Rio Solimões, e que se submetem a revista, e que durante os procedimentos, quase sempre demorados, ficam expostos por muito tempo, especialmente idosos, enfermos e crianças.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Indicação da Vereadora Jeany Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_do_vereadora_jeany_pinheiro__01_de_2021a.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_do_vereadora_jeany_pinheiro__01_de_2021a.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade de medidas no tocante ao asfaltamento e iluminação pública na rua Tânia Maria, constante de um abaixo assinado.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_n_02_de_2021_da_vereadora_jeany001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_n_02_de_2021_da_vereadora_jeany001.pdf</t>
   </si>
   <si>
     <t>Indicando que o município planeje os serviços de cobertura da quadra poliesportiva, situada na Comunidade do Itapéua, neste Município.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_n_03_da_vereadora_jeany_pinheiroso001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_n_03_da_vereadora_jeany_pinheiroso001.pdf</t>
   </si>
   <si>
     <t>Indicando medidas de serviços viários, na desobstrução, construção de bueiros no trecho entre as ruas Rocha de Carvalho e a rua Major Zeca, nesta cidade.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n_04_da_vereadora_jeany_pinheiro_2.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n_04_da_vereadora_jeany_pinheiro_2.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade da concessão do prédio de Patrimônio Municipal existente à Rua Rui Barbosa, onde funcionava a fábrica de gelo municipal, destinada a Cooperativa Agropecuária de Coari.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Indicação do Vereador Marilso</t>
   </si>
   <si>
     <t>MARILSO DO GESSO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_n_01_do_vereador_marilso001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_n_01_do_vereador_marilso001.pdf</t>
   </si>
   <si>
     <t>Indicando a administração municipal que seja providenciada a pavimentação da Rua esperança do bairro Nazaré Pinheiro e a incrementarão de rampas de acesso aos cadeirantes da rua local.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n_02_do_vereador_marilso002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n_02_do_vereador_marilso002.pdf</t>
   </si>
   <si>
     <t>Indica a Construção de uma Nova Escola na Comunidade de Nossa Senhora do Martelo no Rio Urucu, neste Município.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Indicação do Vereador José Carlos</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/90/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/90/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
   </si>
   <si>
     <t>Indicando serviços públicos de asfaltamento, meio fio e ampliação do sistema de esgoto na comunidade de Itapéua, neste município.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/91/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/91/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
   </si>
   <si>
     <t>indicando ESTUDOS, com vistas e retomada da obra de restauração do prédio, onde outrora funcionava uma Escola Municipal, denominada de José Manoel de Souza, na Comunidade do Itapéua</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/92/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/92/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de expediente à CAESC, empresa municipal, responsável pelo fornecimento de água potável para a população coariense, Zona Urbana e Rural para que faça estudos com a finalidade em prover a Comunidade do Itapéua de água potável, consoante a construção de um sistema novo, com a colocação de 02 (dois) tanques, com capacidade de cinco mil (5000) litros cada;</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/93/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/93/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
   </si>
   <si>
     <t>Solicitando o envio de expedientes à Prefeita Municipal em Exercício Maria Ducirene Menezes e a Secretaria de Infraestrutura e Secretaria de Cultura do Município, para que faça estudo técnicos com alocação de recursos ao orçamento municipal, com a finalidade de restaurar/reformar o Centro Social da Comunidade do Itapéua, neste município</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/94/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/94/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf</t>
   </si>
   <si>
     <t>Solicita que seja enviado expediente à Prefeita Municipal de Coari Maria Ducirene Menezes com a Secretaria de Infraestrutura  e Secretaria de Cultura do Município, para que faça estudos técnicos, com alocação de recursos ao orçamento municipal, com a finalidade de construir um Ginásio Poliesportivo na Comunidade do Saubinha neste município;</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_n_06_do_vereador_jose_carlos002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_n_06_do_vereador_jose_carlos002.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade que se faça estudos técnicos, com alocação de recursos ao orçamento municipal, com a finalidade de construir uma escadaria em frente a Comunidade do Itapéua, Porto Principal, neste município</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n_07_do_vereador_jose_carlos001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n_07_do_vereador_jose_carlos001.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade de serviços públicos para a retomada e conclusão do Ramal do Guarabira, com a colocação de asfalto até à margem do Lago do Mamiá, para possibilitar o escoamento da produção agrícola e pesqueira, daquela Comunidade</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>MÇ</t>
   </si>
   <si>
     <t>Moção de Pesar do Vereador Zé Carlos</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/112/mocao_de_pesar_a_familia_da_professora_danilde001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/112/mocao_de_pesar_a_familia_da_professora_danilde001.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares da Professora Denilde Marques que faleceu no dia 21.03.2021.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Moção de Aplausos do Vereador Fialho</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/111/mocao_de_aplausos_aos_militares_e_civis_que_compoe_a_base_arpao_neste_municipio_de_coari002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/111/mocao_de_aplausos_aos_militares_e_civis_que_compoe_a_base_arpao_neste_municipio_de_coari002.pdf</t>
   </si>
   <si>
     <t>Solicitando uma Moção de Aplausos aos policiais que prestam serviços na Base Arpão, localizados no Rio Solimões neste Município de Coari.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Indicação do Vereador Erivan</t>
   </si>
   <si>
     <t>ERIVAN DA PESCA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_n_01_do_vereador_erivan_pacheco001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_n_01_do_vereador_erivan_pacheco001.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade da reforma do Ginásio Poliesportivo Professor Geraldo Granjeiro, localizado no bairro Tauá-Mirim, na cidade de Coari</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Requerimento do Vereador Orleilson</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_n_001_do_vereador_orleilson__a_caixa_economica_federal001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_n_001_do_vereador_orleilson__a_caixa_economica_federal001.pdf</t>
   </si>
   <si>
     <t>Solicitando informações a cerca das casas populares pela Caixa Econômica financiada e posteriormente invadidas por famílias carentes do nosso município, e que por questões alheias ao município essas famílias não detém o domínio legal do mencionado imóvel.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1044,68 +1044,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_n_2_de_4_de_janeiro_de_2021_que_altera_a_lei_724001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_n_3_de_4_de_janeiro_de_2021_que_altera_a_lei_722001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_n_1_de_4_de_janeiro_de_2021_convenios001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_5_de_4_de_janeiro_de_2021_que_autoriza_o_executivo_ceder_as_instituicoes_financeiras_creditos_do_royalties001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_n_6_de_4_de_janeiro_de_2021_que_dispoe_sobre_a_reaorganizacao_administrativa_da_prefeitura_municipal001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_n_7_de_4_de_janeiro_de_2021_que_dispoe_sobre_o_fundo_de_municipal_de_investimento_em_infraestrutura_urbana_e_rural001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/98/projeto_de_lei_n._10_-_2021_-_610_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/99/projeto_de_lei_n._11_-_2021_-_621_beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/100/projeto_de_lei_n._12_-_2021_-_sobre_alteracao_da_lei_de_reorganizacao_2021_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/101/projeto_de_lei_n_13_do_poder_executivo002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/121/1parte_do__projeto_de_lei_municipal_n_014_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_n_01_do_vereador_jose_carlos_ao_programa_luz_para_todos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/85/parecer_ao_projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_municipal_n._001_de_03_de_marco_de_2021_de_autoria_da_vereadora_jeany.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_n_01_de_2021_do_vereador_bacana001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n_02_do_vereador_bacana001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n_03_do_vereador_bacana019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_01_do_vereador_edilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n_005_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n_006_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n_007_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_01_do_vereador_orleilson001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_02_do_vereador_orleilson002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_n_01_do_vereador_nelson_001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_n_02_de_2021_do_vereador_nelson_002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/97/indicacoes_n_03__do_vereador_nelson_ao_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_n_01_de_2021_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_do_vereador_elinho_02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_n_03_de_2021_do_vereador_elinho002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n_04_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_02_do_vereador_orleilson002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_n_01_de_2021_do_vereador_zezinho_bastos001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n_02__do_vereador_zezinho003.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n_03__do_vereador_zezinho004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_n_01_de_2021_do_vereador_edelson_fialho001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_n_02_do_vereador_edelson_fialho001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_do_vereadora_jeany_pinheiro__01_de_2021a.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_n_02_de_2021_da_vereadora_jeany001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_n_03_da_vereadora_jeany_pinheiroso001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n_04_da_vereadora_jeany_pinheiro_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_n_01_do_vereador_marilso001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n_02_do_vereador_marilso002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/90/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/91/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/92/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/93/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/94/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_n_06_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n_07_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/112/mocao_de_pesar_a_familia_da_professora_danilde001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/111/mocao_de_aplausos_aos_militares_e_civis_que_compoe_a_base_arpao_neste_municipio_de_coari002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_n_01_do_vereador_erivan_pacheco001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_n_001_do_vereador_orleilson__a_caixa_economica_federal001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_n_2_de_4_de_janeiro_de_2021_que_altera_a_lei_724001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_n_3_de_4_de_janeiro_de_2021_que_altera_a_lei_722001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_n_1_de_4_de_janeiro_de_2021_convenios001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_n_5_de_4_de_janeiro_de_2021_que_autoriza_o_executivo_ceder_as_instituicoes_financeiras_creditos_do_royalties001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_n_6_de_4_de_janeiro_de_2021_que_dispoe_sobre_a_reaorganizacao_administrativa_da_prefeitura_municipal001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_n_7_de_4_de_janeiro_de_2021_que_dispoe_sobre_o_fundo_de_municipal_de_investimento_em_infraestrutura_urbana_e_rural001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/83/projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/98/projeto_de_lei_n._10_-_2021_-_610_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/99/projeto_de_lei_n._11_-_2021_-_621_beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/100/projeto_de_lei_n._12_-_2021_-_sobre_alteracao_da_lei_de_reorganizacao_2021_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/101/projeto_de_lei_n_13_do_poder_executivo002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/121/1parte_do__projeto_de_lei_municipal_n_014_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_n_01_do_vereador_jose_carlos_ao_programa_luz_para_todos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/85/parecer_ao_projeto_de_lei__n_09_de_2021_do_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/86/projeto_de_lei_municipal_n._001_de_03_de_marco_de_2021_de_autoria_da_vereadora_jeany.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_n_01_de_2021_do_vereador_bacana001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n_02_do_vereador_bacana001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n_03_do_vereador_bacana019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_01_do_vereador_edilson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n_005_do_vereador_salu_junior001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n_006_do_vereador_salu_junior002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n_007_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_01_do_vereador_orleilson001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_02_do_vereador_orleilson002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_n_01_do_vereador_nelson_001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_n_02_de_2021_do_vereador_nelson_002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/97/indicacoes_n_03__do_vereador_nelson_ao_poder_executivo001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_n_01_de_2021_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_do_vereador_elinho_02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_n_03_de_2021_do_vereador_elinho002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n_04_do_vereador_elinho001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_02_do_vereador_orleilson002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_n_01_de_2021_do_vereador_zezinho_bastos001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n_02__do_vereador_zezinho003.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n_03__do_vereador_zezinho004.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/81/indicacao_n_01_de_2021_do_vereador_edelson_fialho001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_n_02_do_vereador_edelson_fialho001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_do_vereadora_jeany_pinheiro__01_de_2021a.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_n_02_de_2021_da_vereadora_jeany001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_n_03_da_vereadora_jeany_pinheiroso001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n_04_da_vereadora_jeany_pinheiro_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_n_01_do_vereador_marilso001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n_02_do_vereador_marilso002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/90/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/91/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/92/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/93/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/94/indicacoes_01_02_03_04_e_05___do_vereador_jose_carlos_003.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_n_06_do_vereador_jose_carlos002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n_07_do_vereador_jose_carlos001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/112/mocao_de_pesar_a_familia_da_professora_danilde001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/111/mocao_de_aplausos_aos_militares_e_civis_que_compoe_a_base_arpao_neste_municipio_de_coari002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_n_01_do_vereador_erivan_pacheco001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_n_001_do_vereador_orleilson__a_caixa_economica_federal001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="202.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="201.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>