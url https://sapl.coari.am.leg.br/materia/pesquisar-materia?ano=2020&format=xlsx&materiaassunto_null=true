--- v0 (2025-10-18)
+++ v1 (2026-03-19)
@@ -54,573 +54,573 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ORLEILSON</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_de_decreto_legislativo__001_de_2020_verea_Sy2IC8L.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_de_decreto_legislativo__001_de_2020_verea_Sy2IC8L.pdf</t>
   </si>
   <si>
     <t>Concede "TÍTULO DE CIDADÃO COARIENSE" ao Senhor, ANTONIO AMORIM DE CARVALHO, e dá outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Keitton</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_decreto_cidadao_coariense_eduardo_jorge002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_decreto_cidadao_coariense_eduardo_jorge002.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Coariense ao Senhor Eduardo Jorge de Oliveira Alves, e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Rodrigo</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_decreto_cidadao_coariense_do_dr_ricardo_faria001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_decreto_cidadao_coariense_do_dr_ricardo_faria001.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Coariense ao Senhor Doutor Ricardo dos Santos Faria, e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_decreto_legislativo__4_titulo_de_cidadao_coariense__ao_marco_antonio_castilhos.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_decreto_legislativo__4_titulo_de_cidadao_coariense__ao_marco_antonio_castilhos.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO COARIENSE AO SENHOR MARCO ANTONIO CASTILHOS FILHO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_decreto_legislativo__titulo_de_cidada_coariense__a_sara.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_decreto_legislativo__titulo_de_cidada_coariense__a_sara.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ COARIENSE A SENHORA SARA FACUNDES DE CASTRO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_de_decreto_legislativo__francisnalva_titulo_de_cidada_coariense__a_sara.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_de_decreto_legislativo__francisnalva_titulo_de_cidada_coariense__a_sara.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Coariense a Senhora Francisnalva Mendes Rodrigues, e dá outras providências</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Adail José Figueiredo Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_de_lei_no_001_de_14.02.2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_de_lei_no_001_de_14.02.2020.pdf</t>
   </si>
   <si>
     <t>Institui a Declaração Municipal de Direitos de Liberdade Econômica, estabelece normas para os atos de liberação de atividade econômica e a análise de impacto regulatório, amplia a RedeSim e dá outras providências</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Keitton Wyllyson Pinheiro Batista</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_da_lei_municipal_02.2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_da_lei_municipal_02.2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02/2020, DE 17 DE MARÇO DE 2020, de autoria do Poder Executivo Municipal, Que Institui a Política Municipal de Direitos Humanos de Coari e cria o Conselho Municipal de Direitos Humanos, o Fundo Municipal dos Direitos Humanos e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Laura Macedo Coelho</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/29/projeto_da_lei_municipal_03.2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/29/projeto_da_lei_municipal_03.2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL Nº 03, DE 31 DE MARÇO DE 2020, de autoria do Poder Executivo Municipal, Que Dispõe sobre a reorganização da estrutura administrativa  Municipal, revoga a Lei Municipal nº 726, de 12 de setembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/37/oficio_035_gabinete_do_prefeito_ldo.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/37/oficio_035_gabinete_do_prefeito_ldo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal N. 04, de 15 de abril 2020, de autoria do Poder Executivo, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2021, e dá outras providências</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/38/oficio_041_gabinete_do_prefeito_convid_19.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/38/oficio_041_gabinete_do_prefeito_convid_19.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N. 05, de 22  de abril de  2020, de autoria do Poder Executivo Municipal que dispõe sobre medidas que poderão ser adotadas no enfrentamento da emergência em saúde pública de importância internacional decorrente do coronavirus (COVID-19) e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/47/projeto_de_lei_06_de_2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/47/projeto_de_lei_06_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Guarda Civil Municipal de Coari, e dá outras providências</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/48/projeto_de_lei_008_2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/48/projeto_de_lei_008_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema e a política Municipal de inovação, ciência e tecnologia no Município de Coari</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/49/projeto_de_lei_009_2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/49/projeto_de_lei_009_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Governo Digital de Coari - Prestação Digital dos Serviços Públicos na Administração Pública Municipal, e dá outras Providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_010_2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_010_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cidades inteligentes - Smart City, e cria o Programa e a Política Municipal - Coari Cidade Inteligente, e dá outras providências</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/</t>
+    <t>http://sapl.coari.am.leg.br/media/</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Coari, para o exercício de 2021.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/65/projeto_de_lei_no_12_de_24.11.2020.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/65/projeto_de_lei_no_12_de_24.11.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reorganização da Estrutura Administrativa do Poder Executivo do Município de Coari, revoga a Lei Municipal n. 731, de 08 de abril de 2020, e dá outras providências</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Componentes da Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_de_resolucao_n_3_sobre_o_recesso_branco_da_mesa_diretora.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_de_resolucao_n_3_sobre_o_recesso_branco_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>SUSPENDE AS SESSÕES ORDINÁRIAS NO PERIODO QUE ANTECEDE ÀS ELEIÇÕES MUNICIPAIS DE 2020, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_n_4_de_24_de_novembro_de_2020_sobre_subsidios_dos_vereadores003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_n_4_de_24_de_novembro_de_2020_sobre_subsidios_dos_vereadores003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal dos Vereadores da Câmara Municipal de Vereadores de Coari, para o período de 1o. de janeiro de 2021 a 31 de dezembro de 2024.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/32/parecer_conjunto_n_005-2020-feriados_pdf.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/32/parecer_conjunto_n_005-2020-feriados_pdf.pdf</t>
   </si>
   <si>
     <t>CONCEDE VOTO FAVORÁVEL  AO PROJETO DE LEI MUNICIPAL n 002, DE 13 DE ABRIL DE 2020, QUE INSTITUI FERIADOS RELIGIOSOS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE COARI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Orçamento favorável aprovação do Projeto de Lei n. 11, de 29 de outubro de 2020, que ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE COARI PARA O EXERCÍCIO DE 2021</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BACANA</t>
   </si>
   <si>
     <t>INDICANDO A SECRETARIA MUNICIPAL DE SAÚDE</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Salu Junior</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_do_vereador_salu001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_do_vereador_salu001.pdf</t>
   </si>
   <si>
     <t>Indicando a necessidade da hospedar os profissionais de saúde que estão empenhados no combate ao COVID_19 no município de Coari</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PLML</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/30/projeto_de_lei_municipal_n_001_de_07_de_abril_de__hbbLRb7.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/30/projeto_de_lei_municipal_n_001_de_07_de_abril_de__hbbLRb7.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Coari – Amazonas, a Educação Marcial, para o Ensino e a Prática vinculada à Secretaria Municipal de Educação, e dá outras providências</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/31/projeto_de_lei_municipal_e_mensagem_n.__02_de_13__SyshPYM.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/31/projeto_de_lei_municipal_e_mensagem_n.__02_de_13__SyshPYM.pdf</t>
   </si>
   <si>
     <t>Institui feriados religiosos municipais, no âmbito do Município de Coari, e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>EDILSON LIMA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_do_vereador_edilson_declara_as_igrejas_como_atividade_esencial_na_pandemia_do_coronavirus.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_do_vereador_edilson_declara_as_igrejas_como_atividade_esencial_na_pandemia_do_coronavirus.pdf</t>
   </si>
   <si>
     <t>Declara como atividade essencial, as Igrejas, Templos de qualquer culto, e dá outras providências</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/63/projeto_de__lei_de__autoria_do_vereador_keitton_que_dispoe_sobre_a_instituicao_do_programa_municipal_de_empreendedorismo_no_municipio_de_coari.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/63/projeto_de__lei_de__autoria_do_vereador_keitton_que_dispoe_sobre_a_instituicao_do_programa_municipal_de_empreendedorismo_no_municipio_de_coari.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição do Programa Municipal de Empreendedorismo, no município de Coari – Amazonas e dá outras providências</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>PLVAR</t>
   </si>
   <si>
     <t>Projeto de Lei Ademoque Rebouços</t>
   </si>
   <si>
     <t>Ademoque</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_01_de_2020_vereador_ademoque002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_01_de_2020_vereador_ademoque002.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal n 001/2020, da autoria do Vereador Ademoque, QUE AUTORIZA EM CARÁTER EXCEPCIONAL, DURANTE O PERÍODO DE SUSPENSÃO DAS AULAS EM RAZÃO DE SITUAÇÃO DE EMERGÊNCIA OU CALAMIDADE PÚBLICA, A DISTRIBUIÇÃO DE GÊNEROS ALIMENTÍCIOS ADQUIRIDOS COM RECURSOS DO PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR (PNAE) AOS PAIS OU RESPONSÁVEIS DOS ESTUDANTES DAS ESCOLAS PÚBLICAS DE EDUCAÇÃO BÁSICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_02_de_2020_vereador_ademoque003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_02_de_2020_vereador_ademoque003.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal n 002/2020, da autoria do Vereador Ademoque, QUE AUTORIZA O EXECUTIVO A INSTITUIR O FUNDO MUNICIPAL PARA ENFRENTAMENTO E COMBATE A PANDEMIA DO CORONAVIRUS – COVID-19 NO MUNICÍPIO DE COARI, E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>IDCB</t>
   </si>
   <si>
     <t>INDICAÇÃO DO VEREADOR BACANA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_bacana.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_bacana.pdf</t>
   </si>
   <si>
     <t>Dirigida à Secretaria Municipal de Governo, indicando a necessidade de Equipes de orientação nos bancos e casas lotéricas, durante o pagamento do  benefício social, no período da COVID-19.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_06_ver._bacana.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_06_ver._bacana.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N. 06 DE 2020 DO VEREADOR BACANA, DIRIGIDA AO PREFEITO MUNICIPAL E AO SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, PARA REALIZAÇÃO DE BENFEITORIAS NO NOVO CEMITÉRIO MUNICIPAL, COM TERRAPLANAGEM, DRENAGEM E ACESSO AO MESMO, COMO TAMBÉM DE LOCOMOÇÃO INTERNA.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_do_8_do_vereador_bacana001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_do_8_do_vereador_bacana001.pdf</t>
   </si>
   <si>
     <t>Indica e Sugere que a escadaria do Bairro Tauá-Mirim seja denominado Professor Zico.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_n._10_do_vereador__francisco_edilson_l_bonfim_-_bacana.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_n._10_do_vereador__francisco_edilson_l_bonfim_-_bacana.pdf</t>
   </si>
   <si>
     <t>Indica e sugere ao prefeito municipal de Coari a necessidade de criar a Secretaria Municipal de Turismo e Pesca no Município de Coari</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>INDAD</t>
   </si>
   <si>
     <t>Indicação do vereador Aldervan</t>
   </si>
   <si>
     <t>Aldervan</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_01_do_vereador_aldervan.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_01_do_vereador_aldervan.pdf</t>
   </si>
   <si>
     <t>Indicação N. 01 do Vereador Aldervan Souza Cordovil, indicando a necessidade de uma gratificação aos profissionais de saúde, que estão na linha de frente do COVID-19, no município de Coari.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>INDCA</t>
   </si>
   <si>
     <t>Indicação do Vereador Carlinhos</t>
   </si>
   <si>
     <t>Carlinhos do Bem</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_do_vereador_carlinho.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_do_vereador_carlinho.pdf</t>
   </si>
   <si>
     <t>Indicação N. 001 de 2020 de autoria do Vereador Carlos Endrick dos Santos Nascimento, dirigida ao Prefeito Municipal de Coari, que requer a implementação de uma Central de Atendimento, via telefone ou chat, para informar, orientar e possível diagnóstico das pessoas que apresentam sintomas da COVID-19, a doença provocada pelo vírus sars-cov-2</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_02.2020_carlinho.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_02.2020_carlinho.pdf</t>
   </si>
   <si>
     <t>Indicação n. 02/2020, de autoria do vereador Carlos Endrick dos Santos Nascimento, indicando a Sua Excelência, o Senhor Prefeito Municipal de Coari,  a flexibilização para reabertura parcial das atividades comerciais neste Município</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>INDA</t>
   </si>
   <si>
     <t>Indicação do Vereador Ademoque</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_do_vereador_ademoque_.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_do_vereador_ademoque_.pdf</t>
   </si>
   <si>
     <t>Indicação N. 001 de 2020 de autoria do Vereador Ademoque Rebouços da Silva Filho, dirigida ao Prefeito Municipal de Coari, indicando a necessidade de construção de uma Usina de Oxigênio Hospitalar, dentro do programa de prevenção, enfrentamento e contenção da pandemia do Novo Corona Virus-COVID-19, no Hospital Regional de Coari-AM</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>INDEO</t>
   </si>
   <si>
     <t>Indicação do vereador Edilson</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_01_edilson.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_01_edilson.pdf</t>
   </si>
   <si>
     <t>•	INDICAÇÃO N. 01/2020-GV-E.O.L, DE AUTORIA DO VEREADOR EDILSON DE OLIVEIRA LIMA, DIRIGIDA AO PREFEITO MUNICIPAL DE COARI, INDICANDO A NECESSIDADE DE IMPLANTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE NO BAIRRO NAZARÉ PINHEIRO, NESTA CIDADE DE COARI</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_02_edilson.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_02_edilson.pdf</t>
   </si>
   <si>
     <t>•	INDICAÇÃO N. 02/2020-GV-E.O.L, DE AUTORIA DO VEREADOR EDILSON DE OLIVEIRA LIMA, DIRIGIDA AO PREFEITO MUNICIPAL DE COARI, INDICANDO A NECESSIDADE DE IMPLANTAÇÃO DE UM GINÁSIO POLIESPORTIVO NO BAIRRO NAZARÉ PINHEIRO, NESTA CIDADE DE COARI</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>IndSa</t>
   </si>
   <si>
     <t>Indicação do Vereador Salu Júnior</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_7_do_vereador_salu_junior003.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_7_do_vereador_salu_junior003.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de se viabilizar a demarcação de ciclovia na Estrada do Futuro, em Coari-Amazonas</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>VAP</t>
   </si>
   <si>
     <t>Votos de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/53/votos_de_aplausos_aos_profissionais_de_saude_de_coari002.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/53/votos_de_aplausos_aos_profissionais_de_saude_de_coari002.pdf</t>
   </si>
   <si>
     <t>Votos de Aplausos aos Profissionais de Saúde do Município de Coari-Amazonas</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>INDOR</t>
   </si>
   <si>
     <t>Indicação do Vereador Orleilson</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_n._003_do_vereador_orleilson.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_n._003_do_vereador_orleilson.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade da perfuração de um poço artesiano na Comunidade Amanain do Jatuar, no Município de Coari</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -927,68 +927,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_de_decreto_legislativo__001_de_2020_verea_Sy2IC8L.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_decreto_cidadao_coariense_eduardo_jorge002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_decreto_cidadao_coariense_do_dr_ricardo_faria001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_decreto_legislativo__4_titulo_de_cidadao_coariense__ao_marco_antonio_castilhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_decreto_legislativo__titulo_de_cidada_coariense__a_sara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_de_decreto_legislativo__francisnalva_titulo_de_cidada_coariense__a_sara.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_de_lei_no_001_de_14.02.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_da_lei_municipal_02.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/29/projeto_da_lei_municipal_03.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/37/oficio_035_gabinete_do_prefeito_ldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/38/oficio_041_gabinete_do_prefeito_convid_19.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/47/projeto_de_lei_06_de_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/48/projeto_de_lei_008_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/49/projeto_de_lei_009_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_010_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/65/projeto_de_lei_no_12_de_24.11.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_de_resolucao_n_3_sobre_o_recesso_branco_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_n_4_de_24_de_novembro_de_2020_sobre_subsidios_dos_vereadores003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/32/parecer_conjunto_n_005-2020-feriados_pdf.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_do_vereador_salu001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/30/projeto_de_lei_municipal_n_001_de_07_de_abril_de__hbbLRb7.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/31/projeto_de_lei_municipal_e_mensagem_n.__02_de_13__SyshPYM.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_do_vereador_edilson_declara_as_igrejas_como_atividade_esencial_na_pandemia_do_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/63/projeto_de__lei_de__autoria_do_vereador_keitton_que_dispoe_sobre_a_instituicao_do_programa_municipal_de_empreendedorismo_no_municipio_de_coari.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_01_de_2020_vereador_ademoque002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_02_de_2020_vereador_ademoque003.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_bacana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_06_ver._bacana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_do_8_do_vereador_bacana001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_n._10_do_vereador__francisco_edilson_l_bonfim_-_bacana.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_01_do_vereador_aldervan.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_do_vereador_carlinho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_02.2020_carlinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_do_vereador_ademoque_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_01_edilson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_02_edilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_7_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/53/votos_de_aplausos_aos_profissionais_de_saude_de_coari002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_n._003_do_vereador_orleilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/26/projeto_de_decreto_legislativo__001_de_2020_verea_Sy2IC8L.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_decreto_cidadao_coariense_eduardo_jorge002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_decreto_cidadao_coariense_do_dr_ricardo_faria001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_decreto_legislativo__4_titulo_de_cidadao_coariense__ao_marco_antonio_castilhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_decreto_legislativo__titulo_de_cidada_coariense__a_sara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_de_decreto_legislativo__francisnalva_titulo_de_cidada_coariense__a_sara.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/25/projeto_de_lei_no_001_de_14.02.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/28/projeto_da_lei_municipal_02.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/29/projeto_da_lei_municipal_03.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/37/oficio_035_gabinete_do_prefeito_ldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/38/oficio_041_gabinete_do_prefeito_convid_19.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/47/projeto_de_lei_06_de_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/48/projeto_de_lei_008_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/49/projeto_de_lei_009_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_010_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/65/projeto_de_lei_no_12_de_24.11.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_de_resolucao_n_3_sobre_o_recesso_branco_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/66/projeto_de_resolucao_n_4_de_24_de_novembro_de_2020_sobre_subsidios_dos_vereadores003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/32/parecer_conjunto_n_005-2020-feriados_pdf.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_do_vereador_salu001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/30/projeto_de_lei_municipal_n_001_de_07_de_abril_de__hbbLRb7.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/31/projeto_de_lei_municipal_e_mensagem_n.__02_de_13__SyshPYM.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_de_lei_do_vereador_edilson_declara_as_igrejas_como_atividade_esencial_na_pandemia_do_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/63/projeto_de__lei_de__autoria_do_vereador_keitton_que_dispoe_sobre_a_instituicao_do_programa_municipal_de_empreendedorismo_no_municipio_de_coari.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/34/projeto_de_lei_01_de_2020_vereador_ademoque002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/35/projeto_de_lei_02_de_2020_vereador_ademoque003.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_bacana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/46/indicacao_06_ver._bacana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/55/indicacao_do_8_do_vereador_bacana001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/60/indicacao_n._10_do_vereador__francisco_edilson_l_bonfim_-_bacana.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_01_do_vereador_aldervan.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/41/indicacao_do_vereador_carlinho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/45/indicacao_02.2020_carlinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_do_vereador_ademoque_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_01_edilson.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/44/indicacao_02_edilson.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/54/indicacao_7_do_vereador_salu_junior003.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/53/votos_de_aplausos_aos_profissionais_de_saude_de_coari002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2020/58/indicacao_n._003_do_vereador_orleilson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="212.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="211.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>