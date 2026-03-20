--- v0 (2025-10-18)
+++ v1 (2026-03-20)
@@ -54,333 +54,333 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Joabe</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/</t>
+    <t>http://sapl.coari.am.leg.br/media/</t>
   </si>
   <si>
     <t>CONCEDE Título de Cidadã Coariense a Senhora SEBASTIANA SOUZA DE QUEIROZ, esposa do Pastor EUFRÁSIO NASCIMENTO DE QUEIROZ- Presidente da Igreja Evangélica Assembleia de Deus – IEADAM, em Coari, e dá outras providências</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Componentes da Mesa Diretora</t>
   </si>
   <si>
     <t>ESTABELECE OS CRITÉRIOS, O PERFIL PROFISSIONAL E OS PROCEDIMENTOS GERAIS A SEREM ADOTADOS, PARA A ACUPAÇÃO DE CARGOS COMISSIONADOS NO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Keitton</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/9/projeto_de_lei_n_001_de_5_de_novembro_de_2019_do_v_FMaYINJ.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/9/projeto_de_lei_n_001_de_5_de_novembro_de_2019_do_v_FMaYINJ.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE EMPREENDEDORISMO, NO MUNICÍPIO DE COARI - AMAZONAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Adail José Figueiredo Pinheiro</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/6/oficio_n._127-2019_-_pmc-gp.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/6/oficio_n._127-2019_-_pmc-gp.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE COARI PARA O EXERCÍCIO DE 2020</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Keitton Wyllyson Pinheiro Batista</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_lei_n_015_de_05_de_novembro_de_2019_do_fwhaMAS.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_lei_n_015_de_05_de_novembro_de_2019_do_fwhaMAS.pdf</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ademoque</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/1/projeto_de_resolucao_n_001_de_autoria_do_vereador__cdN3V0h.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/1/projeto_de_resolucao_n_001_de_autoria_do_vereador__cdN3V0h.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto vereador Mirim</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/8/projeto_de_resolucao_legislativa_n_09_de_4_de_nove_VvWrLPg.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/8/projeto_de_resolucao_legislativa_n_09_de_4_de_nove_VvWrLPg.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Especial, no âmbito do Poder Legislativo Municipal de Coari, para revisar e atualizar a Lei Orgânica Municipal de Coari, e dá outras providências.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Laura Macedo Coelho</t>
   </si>
   <si>
     <t>Altera dispositivos, atualiza correções ortográficas ao bom vernáculo, do texto da Lei Orgânica Municipal de Coari, e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/14/proposta_emenda_a_lom_04.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/14/proposta_emenda_a_lom_04.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos, atualiza, realiza correções ortográficas ao bom vernáculo, do texto da Lei Orgânica Municipal de Coari, e dá outras providências</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/2/votos_de_aplausos_de_autoria_do_vereador_joabe001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/2/votos_de_aplausos_de_autoria_do_vereador_joabe001.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos alunos AMANDA ARAÚJO DE OLIVEIRA, HIGO DA SILVA LOPES, DIEGO CASTRO DE OLIVEIRA, HIGOR GREGORE ALENCAR DE OLIVERA, KAIO DE SOUZA TRINDADE, JEAN CARLOS RODRIGUES MORES, JOEL RODRIGUES ALVES, JOHRDY AMILTON DA COSTA BRAGA, LORENA FORTE LEÃO, THIAGO VILENA DE OLIVEIRA e THIAGO DOS SANTOS MACIEL estudantes do curso Integrantes da Liga de Fisioterapia da UFAM - Campus Coari-LAFITODE.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/17/requerimento_do_vereador_joabe_jacomo_da_sessao_s_tqmpMnv.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/17/requerimento_do_vereador_joabe_jacomo_da_sessao_s_tqmpMnv.pdf</t>
   </si>
   <si>
     <t>Requer uma Sessão Solene na Igreja Assembleia de Deus para a entrega do Título de Cidadã Coariense a Pastora Sebastiana Souza de Queiroz.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/12/parecer_preliminar_da_comissao_de_finacas_sobre_a_fw5bkCk.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/12/parecer_preliminar_da_comissao_de_finacas_sobre_a_fw5bkCk.pdf</t>
   </si>
   <si>
     <t>PARECER PRELIMINAR DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI MUNICIPAL N. 014 DE 2019 QUE VERSA SOBRE A LEI ORÇAMENTÁRIA DO MUNICÍPIO DE COARI PARA O EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/13/parecer_das_comissoes_ccj__spec_e_redacao_ao_proj_GQapSb8.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/13/parecer_das_comissoes_ccj__spec_e_redacao_ao_proj_GQapSb8.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto das comissões constituição e Justiça, Saúde Pública Educação e Cultura e Redação favorável a aprovação do projeto de Lei Municipal n. 015 de 2019, que DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE EMPREENDEDORISMO, NO MUNICÍPIO DE COARI - AMAZONAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CSPDS - Comissão de Segurança Pública e Defesa Social</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/18/parecer_emenda_004-lom_primeiro_turno.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/18/parecer_emenda_004-lom_primeiro_turno.pdf</t>
   </si>
   <si>
     <t>Parecer favorável a aprovação em 1o. turno da Emenda n. 04 de 2019, que Altera dispositivo, atualiza, realiza correções ortográficas ao bom vernáculo, do texto da Lei Orgânica Municipal de Coari, e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/24/parecer_da_comissao_especial_revisora_da_lei_organica004.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/24/parecer_da_comissao_especial_revisora_da_lei_organica004.pdf</t>
   </si>
   <si>
     <t>Parecer favorável a aprovação da Proposta de Emendas  à Lei Orgânica Municipal de Coari, de autoria do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/23/parecer_n_016_ao_projeto_de_decreto_legislativo_n_V4psEqN.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/23/parecer_n_016_ao_projeto_de_decreto_legislativo_n_V4psEqN.pdf</t>
   </si>
   <si>
     <t>Parecer favorável a aprovação do com emendas ao PROJETO DE DECRETO LEGISLATIVO Nº 02, DE 12 DE NOVEMBRO DE 2019, que ESTABELECE OS CRITÉRIOS, O PERFIL PROFISSIONAL E OS PROCEDIMENTOS GERAIS A SEREM ADOTADOS, PARA A ACUPAÇÃO DE CARGOS COMISSIONADOS NO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>EDELSON FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/5/indicacao_n_003_de_2019_do_vereador_fialho004.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/5/indicacao_n_003_de_2019_do_vereador_fialho004.pdf</t>
   </si>
   <si>
     <t>Indica, construção de cobertura de proteção à exposição de pessoas no Bradesco, agência de Coari/AM.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQUERIMENTO DO VEREADOR BACANA</t>
   </si>
   <si>
     <t>BACANA</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/11/requerimento_n_001_2019_do_vereador_bacana.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/11/requerimento_n_001_2019_do_vereador_bacana.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS SOBRE O SISTEMA DE TELEFONIA MÓVEL NO MUNICÍPIO DE COARI</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>MENS</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/19/mensagem_007-2019_ao_projeto_de_decreto_n_02_de_2_3UCCZpG.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/19/mensagem_007-2019_ao_projeto_de_decreto_n_02_de_2_3UCCZpG.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nᵒ 007/2019, AO PROJETO DE DECRETO Nᵒ 02/2019 DE AUTORIA DOS MEMBROS DA MESA DIRETORA DA CÂMARA MUNICIPAL DE COARI</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nota de Repúdio</t>
   </si>
   <si>
     <t>Cristian Pereira Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/20/nota_de_repudio_contra_a_atitude_do_vereador_ewertonw001.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/20/nota_de_repudio_contra_a_atitude_do_vereador_ewertonw001.pdf</t>
   </si>
   <si>
     <t>Em razão da suposta atitude do Vereador Ewertonw Medeiros contra o Senhor Cezar Wensrynl Oliveira.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>DP</t>
   </si>
   <si>
     <t>Despacho da Presidência</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/21/despacho_n_153_de_2019_que_instaura_sindicancia___fK8HmTU.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/21/despacho_n_153_de_2019_que_instaura_sindicancia___fK8HmTU.pdf</t>
   </si>
   <si>
     <t>Despacho aos vereadores de uma instauração de sindicância administrativa 001/2019, para apurar se o senhor LINO RODRIGUES PESSOA NETO, que foi Assessor Parlamentar e Assessor Especial do gabinete do vereador Aldervan Souza Cordovil,  e se exerceu os referidos cargos e se a verba de gabinete foi utilizada como desvio de finalidade, para despesas judiciais do Vereador Aldervan.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/22/despacho_n_154_de_2019_ao_vereador_aldevan_sobre__16Sxtah.pdf</t>
+    <t>http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/22/despacho_n_154_de_2019_ao_vereador_aldevan_sobre__16Sxtah.pdf</t>
   </si>
   <si>
     <t>Ao vereador Aldervan Souza Cordovil tomar conhecimento da Instauração de uma sindicância administrativa n. 001 de 2019, para apurar se o Servidor Lino Rodrigues Pessoa Neto, foi Assessor Especial e Assessor Especial do gabinete do Vereador Aldervan e se a verba utilizada no pagamento do referido servidor teve desvio de finalidade, para despesas judiciais do Vereador Aldervan.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -687,68 +687,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/9/projeto_de_lei_n_001_de_5_de_novembro_de_2019_do_v_FMaYINJ.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/6/oficio_n._127-2019_-_pmc-gp.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_lei_n_015_de_05_de_novembro_de_2019_do_fwhaMAS.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/1/projeto_de_resolucao_n_001_de_autoria_do_vereador__cdN3V0h.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/8/projeto_de_resolucao_legislativa_n_09_de_4_de_nove_VvWrLPg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/14/proposta_emenda_a_lom_04.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/2/votos_de_aplausos_de_autoria_do_vereador_joabe001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/17/requerimento_do_vereador_joabe_jacomo_da_sessao_s_tqmpMnv.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/12/parecer_preliminar_da_comissao_de_finacas_sobre_a_fw5bkCk.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/13/parecer_das_comissoes_ccj__spec_e_redacao_ao_proj_GQapSb8.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/18/parecer_emenda_004-lom_primeiro_turno.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/24/parecer_da_comissao_especial_revisora_da_lei_organica004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/23/parecer_n_016_ao_projeto_de_decreto_legislativo_n_V4psEqN.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/5/indicacao_n_003_de_2019_do_vereador_fialho004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/11/requerimento_n_001_2019_do_vereador_bacana.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/19/mensagem_007-2019_ao_projeto_de_decreto_n_02_de_2_3UCCZpG.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/20/nota_de_repudio_contra_a_atitude_do_vereador_ewertonw001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/21/despacho_n_153_de_2019_que_instaura_sindicancia___fK8HmTU.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/22/despacho_n_154_de_2019_ao_vereador_aldevan_sobre__16Sxtah.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/9/projeto_de_lei_n_001_de_5_de_novembro_de_2019_do_v_FMaYINJ.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/6/oficio_n._127-2019_-_pmc-gp.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/10/projeto_de_lei_n_015_de_05_de_novembro_de_2019_do_fwhaMAS.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/1/projeto_de_resolucao_n_001_de_autoria_do_vereador__cdN3V0h.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/8/projeto_de_resolucao_legislativa_n_09_de_4_de_nove_VvWrLPg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/14/proposta_emenda_a_lom_04.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/2/votos_de_aplausos_de_autoria_do_vereador_joabe001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/17/requerimento_do_vereador_joabe_jacomo_da_sessao_s_tqmpMnv.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/12/parecer_preliminar_da_comissao_de_finacas_sobre_a_fw5bkCk.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/13/parecer_das_comissoes_ccj__spec_e_redacao_ao_proj_GQapSb8.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/18/parecer_emenda_004-lom_primeiro_turno.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/24/parecer_da_comissao_especial_revisora_da_lei_organica004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/23/parecer_n_016_ao_projeto_de_decreto_legislativo_n_V4psEqN.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/5/indicacao_n_003_de_2019_do_vereador_fialho004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/11/requerimento_n_001_2019_do_vereador_bacana.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/19/mensagem_007-2019_ao_projeto_de_decreto_n_02_de_2_3UCCZpG.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/20/nota_de_repudio_contra_a_atitude_do_vereador_ewertonw001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/21/despacho_n_153_de_2019_que_instaura_sindicancia___fK8HmTU.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coari.am.leg.br/media/sapl/public/materialegislativa/2019/22/despacho_n_154_de_2019_ao_vereador_aldevan_sobre__16Sxtah.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>